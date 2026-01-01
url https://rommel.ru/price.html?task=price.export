--- v0 (2025-10-25)
+++ v1 (2026-01-01)
@@ -10270,51 +10270,51 @@
     <mergeCell ref="A264:E264"/>
     <mergeCell ref="A270:E270"/>
     <mergeCell ref="A281:E281"/>
     <mergeCell ref="A289:E289"/>
     <mergeCell ref="A310:E310"/>
     <mergeCell ref="A330:E330"/>
     <mergeCell ref="A338:E338"/>
     <mergeCell ref="A346:E346"/>
     <mergeCell ref="A400:E400"/>
     <mergeCell ref="A411:E411"/>
     <mergeCell ref="A446:E446"/>
     <mergeCell ref="A467:E467"/>
     <mergeCell ref="A474:E474"/>
     <mergeCell ref="A495:E495"/>
     <mergeCell ref="A501:E501"/>
     <mergeCell ref="A515:E515"/>
     <mergeCell ref="A522:E522"/>
     <mergeCell ref="A529:E529"/>
     <mergeCell ref="A536:E536"/>
     <mergeCell ref="A542:E542"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R26.10.2025</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R01.01.2026</oddHeader>
     <oddFooter>rommel.ru</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>