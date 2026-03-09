--- v1 (2026-01-01)
+++ v2 (2026-03-09)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Продукция" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
   <si>
     <t>Шкафы для одежды</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>кр. опт</t>
   </si>
   <si>
     <t>опт</t>
   </si>
   <si>
     <t>м. опт</t>
   </si>
   <si>
     <t>розн.</t>
   </si>
   <si>
     <t>Шкаф для одежды одностворчатый сварной 1750x300x500</t>
   </si>
   <si>
     <t>Шкаф для одежды одностворчатый сварной 1750x500x500</t>
   </si>
   <si>
@@ -282,59 +282,50 @@
   <si>
     <t>Шкаф картотечный ШК-6</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-6 (6 замков)</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-6 формат А6</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-7</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-7 (7 замков)</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-7-1</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-7 формат А6</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-7-3</t>
   </si>
   <si>
-    <t>Шкаф картотечный разборный ШК-2Р</t>
-[...7 lines deleted...]
-  <si>
     <t>Шкаф картотечный ШК-8 формат А5</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-8 формат А6</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-8 формат А4</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-9</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-9 формат А6</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-10 формат А1</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-12</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-15</t>
   </si>
   <si>
     <t>Шкаф картотечный ШК-39</t>
@@ -606,50 +597,53 @@
   <si>
     <t>Шкаф для одежды ШП-04</t>
   </si>
   <si>
     <t>Шкафы для белья</t>
   </si>
   <si>
     <t>Шкаф для индивидуальных простыней</t>
   </si>
   <si>
     <t>Шкаф для белья</t>
   </si>
   <si>
     <t>Шкафы серии ШМС</t>
   </si>
   <si>
     <t>Шкаф медицинский одностворчатый ШМС-1</t>
   </si>
   <si>
     <t>(ШМС-1-Т) ШМС-1 с трейзером</t>
   </si>
   <si>
     <t>(ШМС-1-Т-Р-1) ШМС-1 с трейзером с регулируемыми опорами с выдвижным ящиком</t>
   </si>
   <si>
+    <t>(ШМС-1-Р-1) ШМС-1 с рег. опорами с выдвижным ящиком</t>
+  </si>
+  <si>
     <t>(ШМС-1-Т-Р-3) ШМС1 с трейзером с рег. опорами с 3-мя ящиками</t>
   </si>
   <si>
     <t>(ШМС-1-Р-3) ШМС-1 с регулируемыми опорами с ящиками</t>
   </si>
   <si>
     <t>(ШМС-2-Р-4/2) ШМС-2 с рег. опорами с выдвижным ящиком (4/2)</t>
   </si>
   <si>
     <t>Шкаф медицинский двухстворчатый ШМС-2</t>
   </si>
   <si>
     <t>(ШМС-2-Р-2) ШМС-2 с рег. опорами с двумя в. ящиками</t>
   </si>
   <si>
     <t>ШМС-2-Р-2-Ц</t>
   </si>
   <si>
     <t>(ШМС-2-Т) ШМС-2 с трейзером</t>
   </si>
   <si>
     <t>Шкафы серии ШММ</t>
   </si>
   <si>
     <t>Шкаф медицинский одностворчатый ШММ-1</t>
@@ -858,54 +852,54 @@
   <si>
     <t>Шкаф архивно-складской четырехсекционный 1860x600x500</t>
   </si>
   <si>
     <t>Шкаф архивно-складской четырехсекционный  1860x800x500</t>
   </si>
   <si>
     <t xml:space="preserve">Шкаф архивно-складской с 10-ю отделениями </t>
   </si>
   <si>
     <t>Шкаф архивно-складской на 24 отделения</t>
   </si>
   <si>
     <t>Шкаф архивно-складской на 30 отделений</t>
   </si>
   <si>
     <t>Шкаф архивно-складской на 40 отделений</t>
   </si>
   <si>
     <t>Шкаф одностворчатый 3-х полочный</t>
   </si>
   <si>
     <t>Шкаф архивно-складской на 35 отделений</t>
   </si>
   <si>
+    <t>Шкаф для уборочного инвентаря 1750x800x500</t>
+  </si>
+  <si>
     <t>Шкаф для уборочного инвентаря 1750x600x500</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шкаф для уборочного инвентаря 1750x800x500</t>
   </si>
   <si>
     <t>Шкаф для хранения с 4-мя полками с антресолью</t>
   </si>
   <si>
     <t>Шкаф архивно-складской с наклонной крышей 6 отделений</t>
   </si>
   <si>
     <t>Шкаф для хранения 16 ячеек на подставке</t>
   </si>
   <si>
     <t>Абонентские шкафы</t>
   </si>
   <si>
     <t>Шкаф абонентский на 10 ячеек</t>
   </si>
   <si>
     <t>Шкаф абонентский на 20 ячеек</t>
   </si>
   <si>
     <t>Шкаф абонентский на 40 ячеек</t>
   </si>
   <si>
     <t>Шкаф абонентский на 60 ячеек</t>
   </si>
@@ -1820,8501 +1814,8467 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_headerfooter_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawingHF1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E550"/>
+  <dimension ref="A1:E548"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A544" sqref="A544:A550"/>
+      <selection activeCell="A542" sqref="A542:A548"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="65" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2">
-        <v>5888</v>
+        <v>6182</v>
       </c>
       <c r="C3" s="2">
-        <v>6182</v>
+        <v>6491</v>
       </c>
       <c r="D3" s="2">
-        <v>6492</v>
+        <v>6816</v>
       </c>
       <c r="E3" s="2">
-        <v>7141</v>
+        <v>7497</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="2">
-        <v>7757</v>
+        <v>8145</v>
       </c>
       <c r="C4" s="2">
-        <v>8145</v>
+        <v>8552</v>
       </c>
       <c r="D4" s="2">
-        <v>8552</v>
+        <v>8980</v>
       </c>
       <c r="E4" s="2">
-        <v>9407</v>
+        <v>9878</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="2">
-        <v>7064</v>
+        <v>7417</v>
       </c>
       <c r="C5" s="2">
-        <v>7417</v>
+        <v>7788</v>
       </c>
       <c r="D5" s="2">
-        <v>7788</v>
+        <v>8177</v>
       </c>
       <c r="E5" s="2">
-        <v>8567</v>
+        <v>8995</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2">
-        <v>9015</v>
+        <v>9466</v>
       </c>
       <c r="C6" s="2">
-        <v>9466</v>
+        <v>9939</v>
       </c>
       <c r="D6" s="2">
-        <v>9939</v>
+        <v>10436</v>
       </c>
       <c r="E6" s="2">
-        <v>10933</v>
+        <v>11480</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="2">
-        <v>9808</v>
+        <v>10298</v>
       </c>
       <c r="C7" s="2">
-        <v>10298</v>
+        <v>10813</v>
       </c>
       <c r="D7" s="2">
-        <v>10813</v>
+        <v>11354</v>
       </c>
       <c r="E7" s="2">
-        <v>11895</v>
+        <v>12489</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="2">
-        <v>7849</v>
+        <v>8241</v>
       </c>
       <c r="C8" s="2">
-        <v>8241</v>
+        <v>8653</v>
       </c>
       <c r="D8" s="2">
-        <v>8654</v>
+        <v>9086</v>
       </c>
       <c r="E8" s="2">
-        <v>9519</v>
+        <v>9994</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2">
-        <v>9456</v>
+        <v>9929</v>
       </c>
       <c r="C9" s="2">
-        <v>9929</v>
+        <v>10425</v>
       </c>
       <c r="D9" s="2">
-        <v>10425</v>
+        <v>10947</v>
       </c>
       <c r="E9" s="2">
-        <v>11468</v>
+        <v>12041</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="2">
-        <v>12383</v>
+        <v>13002</v>
       </c>
       <c r="C10" s="2">
-        <v>13002</v>
+        <v>13652</v>
       </c>
       <c r="D10" s="2">
-        <v>13652</v>
+        <v>14335</v>
       </c>
       <c r="E10" s="2">
-        <v>15017</v>
+        <v>15768</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="2">
-        <v>4782</v>
+        <v>5021</v>
       </c>
       <c r="C11" s="2">
-        <v>5021</v>
+        <v>5272</v>
       </c>
       <c r="D11" s="2">
-        <v>5272</v>
+        <v>5536</v>
       </c>
       <c r="E11" s="2">
-        <v>5799</v>
+        <v>6089</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="2">
-        <v>8598</v>
+        <v>9028</v>
       </c>
       <c r="C12" s="2">
-        <v>9028</v>
+        <v>9479</v>
       </c>
       <c r="D12" s="2">
-        <v>9479</v>
+        <v>9953</v>
       </c>
       <c r="E12" s="2">
-        <v>10427</v>
+        <v>10949</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="2">
-        <v>9349</v>
+        <v>9816</v>
       </c>
       <c r="C13" s="2">
-        <v>9816</v>
+        <v>10307</v>
       </c>
       <c r="D13" s="2">
-        <v>10307</v>
+        <v>10822</v>
       </c>
       <c r="E13" s="2">
-        <v>11338</v>
+        <v>11904</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="2">
-        <v>9717</v>
+        <v>10203</v>
       </c>
       <c r="C14" s="2">
-        <v>10203</v>
+        <v>10713</v>
       </c>
       <c r="D14" s="2">
-        <v>10713</v>
+        <v>11249</v>
       </c>
       <c r="E14" s="2">
-        <v>11784</v>
+        <v>12374</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="2">
-        <v>13281</v>
+        <v>13945</v>
       </c>
       <c r="C15" s="2">
-        <v>13945</v>
+        <v>14642</v>
       </c>
       <c r="D15" s="2">
-        <v>14642</v>
+        <v>15374</v>
       </c>
       <c r="E15" s="2">
-        <v>16107</v>
+        <v>16912</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="2">
-        <v>11387</v>
+        <v>11956</v>
       </c>
       <c r="C16" s="2">
-        <v>11956</v>
+        <v>12554</v>
       </c>
       <c r="D16" s="2">
-        <v>12554</v>
+        <v>13181</v>
       </c>
       <c r="E16" s="2">
-        <v>13810</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="2">
-        <v>12345</v>
+        <v>12962</v>
       </c>
       <c r="C17" s="2">
-        <v>12962</v>
+        <v>13610</v>
       </c>
       <c r="D17" s="2">
-        <v>13610</v>
+        <v>14291</v>
       </c>
       <c r="E17" s="2">
-        <v>14971</v>
+        <v>15720</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="2">
-        <v>13439</v>
+        <v>14111</v>
       </c>
       <c r="C18" s="2">
-        <v>14111</v>
+        <v>14817</v>
       </c>
       <c r="D18" s="2">
-        <v>14816</v>
+        <v>15557</v>
       </c>
       <c r="E18" s="2">
-        <v>16298</v>
+        <v>17113</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="2">
-        <v>8989</v>
+        <v>9438</v>
       </c>
       <c r="C19" s="2">
-        <v>9438</v>
+        <v>9910</v>
       </c>
       <c r="D19" s="2">
-        <v>9910</v>
+        <v>10405</v>
       </c>
       <c r="E19" s="2">
-        <v>10901</v>
+        <v>11446</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="2">
-        <v>10241</v>
+        <v>10753</v>
       </c>
       <c r="C20" s="2">
-        <v>10753</v>
+        <v>11291</v>
       </c>
       <c r="D20" s="2">
-        <v>11291</v>
+        <v>11855</v>
       </c>
       <c r="E20" s="2">
-        <v>12420</v>
+        <v>13041</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="2">
-        <v>13746</v>
+        <v>14433</v>
       </c>
       <c r="C21" s="2">
-        <v>14433</v>
+        <v>15155</v>
       </c>
       <c r="D21" s="2">
-        <v>15155</v>
+        <v>15912</v>
       </c>
       <c r="E21" s="2">
-        <v>16670</v>
+        <v>17504</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="2">
-        <v>7477</v>
+        <v>7851</v>
       </c>
       <c r="C22" s="2">
-        <v>7851</v>
+        <v>8244</v>
       </c>
       <c r="D22" s="2">
-        <v>8243</v>
+        <v>8656</v>
       </c>
       <c r="E22" s="2">
-        <v>9068</v>
+        <v>9521</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="2">
-        <v>15249</v>
+        <v>16011</v>
       </c>
       <c r="C23" s="2">
-        <v>16011</v>
+        <v>16812</v>
       </c>
       <c r="D23" s="2">
-        <v>16812</v>
+        <v>17652</v>
       </c>
       <c r="E23" s="2">
-        <v>18493</v>
+        <v>19417</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="2">
-        <v>4818</v>
+        <v>5059</v>
       </c>
       <c r="C24" s="2">
-        <v>5059</v>
+        <v>5312</v>
       </c>
       <c r="D24" s="2">
-        <v>5312</v>
+        <v>5578</v>
       </c>
       <c r="E24" s="2">
-        <v>5843</v>
+        <v>6135</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="2">
-        <v>5531</v>
+        <v>5808</v>
       </c>
       <c r="C25" s="2">
-        <v>5808</v>
+        <v>6098</v>
       </c>
       <c r="D25" s="2">
-        <v>6098</v>
+        <v>6403</v>
       </c>
       <c r="E25" s="2">
-        <v>6708</v>
+        <v>7044</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="2">
-        <v>4818</v>
+        <v>5059</v>
       </c>
       <c r="C26" s="2">
-        <v>5059</v>
+        <v>5312</v>
       </c>
       <c r="D26" s="2">
-        <v>5312</v>
+        <v>5578</v>
       </c>
       <c r="E26" s="2">
-        <v>5843</v>
+        <v>6135</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="2">
-        <v>5531</v>
+        <v>5808</v>
       </c>
       <c r="C27" s="2">
-        <v>5808</v>
+        <v>6098</v>
       </c>
       <c r="D27" s="2">
-        <v>6098</v>
+        <v>6403</v>
       </c>
       <c r="E27" s="2">
-        <v>6708</v>
+        <v>7044</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="2">
-        <v>11063</v>
+        <v>11616</v>
       </c>
       <c r="C28" s="2">
-        <v>11616</v>
+        <v>12197</v>
       </c>
       <c r="D28" s="2">
-        <v>12197</v>
+        <v>12807</v>
       </c>
       <c r="E28" s="2">
-        <v>13417</v>
+        <v>14087</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="2">
-        <v>15305</v>
+        <v>16070</v>
       </c>
       <c r="C29" s="2">
-        <v>16070</v>
+        <v>16874</v>
       </c>
       <c r="D29" s="2">
-        <v>16874</v>
+        <v>17717</v>
       </c>
       <c r="E29" s="2">
-        <v>18561</v>
+        <v>19489</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="2">
-        <v>18036</v>
+        <v>18938</v>
       </c>
       <c r="C30" s="2">
-        <v>18938</v>
+        <v>19885</v>
       </c>
       <c r="D30" s="2">
-        <v>19885</v>
+        <v>20879</v>
       </c>
       <c r="E30" s="2">
-        <v>21873</v>
+        <v>22967</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="2">
-        <v>18555</v>
+        <v>19483</v>
       </c>
       <c r="C31" s="2">
-        <v>19483</v>
+        <v>20457</v>
       </c>
       <c r="D31" s="2">
-        <v>20457</v>
+        <v>21480</v>
       </c>
       <c r="E31" s="2">
-        <v>22503</v>
+        <v>23628</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B32" s="2">
-        <v>22838</v>
+        <v>23980</v>
       </c>
       <c r="C32" s="2">
-        <v>23980</v>
+        <v>25179</v>
       </c>
       <c r="D32" s="2">
-        <v>25179</v>
+        <v>26438</v>
       </c>
       <c r="E32" s="2">
-        <v>27697</v>
+        <v>29082</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B33" s="2">
-        <v>8921</v>
+        <v>9367</v>
       </c>
       <c r="C33" s="2">
-        <v>9367</v>
+        <v>9835</v>
       </c>
       <c r="D33" s="2">
-        <v>9835</v>
+        <v>10327</v>
       </c>
       <c r="E33" s="2">
-        <v>10819</v>
+        <v>11360</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B34" s="2">
-        <v>11417</v>
+        <v>11988</v>
       </c>
       <c r="C34" s="2">
-        <v>11988</v>
+        <v>12587</v>
       </c>
       <c r="D34" s="2">
-        <v>12587</v>
+        <v>13217</v>
       </c>
       <c r="E34" s="2">
-        <v>13846</v>
+        <v>14538</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B35" s="2">
-        <v>14667</v>
+        <v>15400</v>
       </c>
       <c r="C35" s="2">
-        <v>15400</v>
+        <v>16170</v>
       </c>
       <c r="D35" s="2">
-        <v>16170</v>
+        <v>16979</v>
       </c>
       <c r="E35" s="2">
-        <v>17787</v>
+        <v>18676</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B36" s="2">
-        <v>14269</v>
+        <v>14982</v>
       </c>
       <c r="C36" s="2">
-        <v>14982</v>
+        <v>15731</v>
       </c>
       <c r="D36" s="2">
-        <v>15732</v>
+        <v>16518</v>
       </c>
       <c r="E36" s="2">
-        <v>17305</v>
+        <v>18169</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="2">
-        <v>18117</v>
+        <v>19023</v>
       </c>
       <c r="C37" s="2">
-        <v>19023</v>
+        <v>19974</v>
       </c>
       <c r="D37" s="2">
-        <v>19974</v>
+        <v>20973</v>
       </c>
       <c r="E37" s="2">
-        <v>21971</v>
+        <v>23070</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B38" s="2">
-        <v>10361</v>
+        <v>10879</v>
       </c>
       <c r="C38" s="2">
-        <v>10879</v>
+        <v>11423</v>
       </c>
       <c r="D38" s="2">
-        <v>11423</v>
+        <v>11994</v>
       </c>
       <c r="E38" s="2">
-        <v>12565</v>
+        <v>13194</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="2">
-        <v>8564</v>
+        <v>8992</v>
       </c>
       <c r="C39" s="2">
-        <v>8992</v>
+        <v>9442</v>
       </c>
       <c r="D39" s="2">
-        <v>9442</v>
+        <v>9914</v>
       </c>
       <c r="E39" s="2">
-        <v>10386</v>
+        <v>10905</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="2">
-        <v>15654</v>
+        <v>16437</v>
       </c>
       <c r="C40" s="2">
-        <v>16437</v>
+        <v>17259</v>
       </c>
       <c r="D40" s="2">
-        <v>17259</v>
+        <v>18122</v>
       </c>
       <c r="E40" s="2">
-        <v>18984</v>
+        <v>19934</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B41" s="2">
-        <v>14714</v>
+        <v>15450</v>
       </c>
       <c r="C41" s="2">
-        <v>15450</v>
+        <v>16223</v>
       </c>
       <c r="D41" s="2">
-        <v>16222</v>
+        <v>17034</v>
       </c>
       <c r="E41" s="2">
-        <v>17844</v>
+        <v>18737</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B42" s="2">
-        <v>12274</v>
+        <v>12888</v>
       </c>
       <c r="C42" s="2">
-        <v>12888</v>
+        <v>13532</v>
       </c>
       <c r="D42" s="2">
-        <v>13532</v>
+        <v>14209</v>
       </c>
       <c r="E42" s="2">
-        <v>14885</v>
+        <v>15630</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B43" s="2">
-        <v>14893</v>
+        <v>15638</v>
       </c>
       <c r="C43" s="2">
-        <v>15638</v>
+        <v>16420</v>
       </c>
       <c r="D43" s="2">
-        <v>16420</v>
+        <v>17241</v>
       </c>
       <c r="E43" s="2">
-        <v>18061</v>
+        <v>18965</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B44" s="2">
-        <v>12521</v>
+        <v>13147</v>
       </c>
       <c r="C44" s="2">
-        <v>13147</v>
+        <v>13804</v>
       </c>
       <c r="D44" s="2">
-        <v>13804</v>
+        <v>14495</v>
       </c>
       <c r="E44" s="2">
-        <v>15185</v>
+        <v>15944</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B45" s="2">
-        <v>1768</v>
+        <v>1856</v>
       </c>
       <c r="C45" s="2">
-        <v>1856</v>
+        <v>1949</v>
       </c>
       <c r="D45" s="2">
-        <v>1949</v>
+        <v>2046</v>
       </c>
       <c r="E45" s="2">
-        <v>2144</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B46" s="2">
-        <v>2212</v>
+        <v>2323</v>
       </c>
       <c r="C46" s="2">
-        <v>2323</v>
+        <v>2439</v>
       </c>
       <c r="D46" s="2">
-        <v>2439</v>
+        <v>2561</v>
       </c>
       <c r="E46" s="2">
-        <v>2683</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B47" s="2">
-        <v>3925</v>
+        <v>4121</v>
       </c>
       <c r="C47" s="2">
-        <v>4121</v>
+        <v>4327</v>
       </c>
       <c r="D47" s="2">
-        <v>4327</v>
+        <v>4543</v>
       </c>
       <c r="E47" s="2">
-        <v>4760</v>
+        <v>4998</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B48" s="2">
-        <v>5174</v>
+        <v>5433</v>
       </c>
       <c r="C48" s="2">
-        <v>5433</v>
+        <v>5705</v>
       </c>
       <c r="D48" s="2">
-        <v>5704</v>
+        <v>5990</v>
       </c>
       <c r="E48" s="2">
-        <v>6275</v>
+        <v>6589</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B49" s="2">
-        <v>3677</v>
+        <v>3861</v>
       </c>
       <c r="C49" s="2">
-        <v>3861</v>
+        <v>4054</v>
       </c>
       <c r="D49" s="2">
-        <v>4054</v>
+        <v>4257</v>
       </c>
       <c r="E49" s="2">
-        <v>4459</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B50" s="2">
-        <v>3677</v>
+        <v>3861</v>
       </c>
       <c r="C50" s="2">
-        <v>3861</v>
+        <v>4054</v>
       </c>
       <c r="D50" s="2">
-        <v>4054</v>
+        <v>4257</v>
       </c>
       <c r="E50" s="2">
-        <v>4459</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="2">
-        <v>11430</v>
+        <v>12002</v>
       </c>
       <c r="C51" s="2">
-        <v>12002</v>
+        <v>12602</v>
       </c>
       <c r="D51" s="2">
-        <v>12602</v>
+        <v>13232</v>
       </c>
       <c r="E51" s="2">
-        <v>13862</v>
+        <v>14555</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B52" s="2">
-        <v>13746</v>
+        <v>14433</v>
       </c>
       <c r="C52" s="2">
-        <v>14433</v>
+        <v>15155</v>
       </c>
       <c r="D52" s="2">
-        <v>15155</v>
+        <v>15912</v>
       </c>
       <c r="E52" s="2">
-        <v>16670</v>
+        <v>17504</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B53" s="2">
-        <v>14519</v>
+        <v>15245</v>
       </c>
       <c r="C53" s="2">
-        <v>15245</v>
+        <v>16007</v>
       </c>
       <c r="D53" s="2">
-        <v>16007</v>
+        <v>16808</v>
       </c>
       <c r="E53" s="2">
-        <v>17608</v>
+        <v>18488</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B54" s="2">
-        <v>16287</v>
+        <v>17101</v>
       </c>
       <c r="C54" s="2">
-        <v>17101</v>
+        <v>17956</v>
       </c>
       <c r="D54" s="2">
-        <v>17956</v>
+        <v>18854</v>
       </c>
       <c r="E54" s="2">
-        <v>19752</v>
+        <v>20739</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B55" s="2">
-        <v>12759</v>
+        <v>13397</v>
       </c>
       <c r="C55" s="2">
-        <v>13397</v>
+        <v>14067</v>
       </c>
       <c r="D55" s="2">
-        <v>14067</v>
+        <v>14770</v>
       </c>
       <c r="E55" s="2">
-        <v>15473</v>
+        <v>16247</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B56" s="2">
-        <v>14803</v>
+        <v>15543</v>
       </c>
       <c r="C56" s="2">
-        <v>15543</v>
+        <v>16320</v>
       </c>
       <c r="D56" s="2">
-        <v>16320</v>
+        <v>17136</v>
       </c>
       <c r="E56" s="2">
-        <v>17952</v>
+        <v>18850</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B57" s="2">
-        <v>12089</v>
+        <v>12693</v>
       </c>
       <c r="C57" s="2">
-        <v>12693</v>
+        <v>13328</v>
       </c>
       <c r="D57" s="2">
-        <v>13328</v>
+        <v>13994</v>
       </c>
       <c r="E57" s="2">
-        <v>14661</v>
+        <v>15393</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B58" s="2">
-        <v>14136</v>
+        <v>14843</v>
       </c>
       <c r="C58" s="2">
-        <v>14843</v>
+        <v>15585</v>
       </c>
       <c r="D58" s="2">
-        <v>15585</v>
+        <v>16364</v>
       </c>
       <c r="E58" s="2">
-        <v>17143</v>
+        <v>18001</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B59" s="2">
-        <v>16533</v>
+        <v>17360</v>
       </c>
       <c r="C59" s="2">
-        <v>17360</v>
+        <v>18228</v>
       </c>
       <c r="D59" s="2">
-        <v>18228</v>
+        <v>19139</v>
       </c>
       <c r="E59" s="2">
-        <v>20050</v>
+        <v>21053</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B60" s="2">
-        <v>15976</v>
+        <v>16775</v>
       </c>
       <c r="C60" s="2">
-        <v>16775</v>
+        <v>17614</v>
       </c>
       <c r="D60" s="2">
-        <v>17614</v>
+        <v>18494</v>
       </c>
       <c r="E60" s="2">
-        <v>19375</v>
+        <v>20344</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B61" s="2">
-        <v>15927</v>
+        <v>16723</v>
       </c>
       <c r="C61" s="2">
-        <v>16723</v>
+        <v>17559</v>
       </c>
       <c r="D61" s="2">
-        <v>17560</v>
+        <v>18437</v>
       </c>
       <c r="E61" s="2">
-        <v>19315</v>
+        <v>20281</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B62" s="2">
-        <v>19095</v>
+        <v>20050</v>
       </c>
       <c r="C62" s="2">
-        <v>20050</v>
+        <v>21053</v>
       </c>
       <c r="D62" s="2">
-        <v>21052</v>
+        <v>22105</v>
       </c>
       <c r="E62" s="2">
-        <v>23157</v>
+        <v>24316</v>
       </c>
     </row>
     <row r="64" spans="1:5" customHeight="1" ht="20">
       <c r="A64" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B64" s="1"/>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B66" s="2">
-        <v>3725</v>
+        <v>3911</v>
       </c>
       <c r="C66" s="2">
-        <v>3911</v>
+        <v>4107</v>
       </c>
       <c r="D66" s="2">
-        <v>4107</v>
+        <v>4312</v>
       </c>
       <c r="E66" s="2">
-        <v>4517</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B67" s="2">
-        <v>2055</v>
+        <v>2158</v>
       </c>
       <c r="C67" s="2">
-        <v>2158</v>
+        <v>2266</v>
       </c>
       <c r="D67" s="2">
-        <v>2266</v>
+        <v>2379</v>
       </c>
       <c r="E67" s="2">
-        <v>2492</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B68" s="2">
-        <v>4189</v>
+        <v>4398</v>
       </c>
       <c r="C68" s="2">
-        <v>4398</v>
+        <v>4618</v>
       </c>
       <c r="D68" s="2">
-        <v>4618</v>
+        <v>4849</v>
       </c>
       <c r="E68" s="2">
-        <v>5080</v>
+        <v>5334</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B69" s="2">
-        <v>9613</v>
+        <v>10094</v>
       </c>
       <c r="C69" s="2">
-        <v>10094</v>
+        <v>10599</v>
       </c>
       <c r="D69" s="2">
-        <v>10598</v>
+        <v>11129</v>
       </c>
       <c r="E69" s="2">
-        <v>11658</v>
+        <v>12241</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B70" s="2">
-        <v>9734</v>
+        <v>10221</v>
       </c>
       <c r="C70" s="2">
-        <v>10221</v>
+        <v>10732</v>
       </c>
       <c r="D70" s="2">
-        <v>10732</v>
+        <v>11269</v>
       </c>
       <c r="E70" s="2">
-        <v>11805</v>
+        <v>12396</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B71" s="2">
-        <v>13420</v>
+        <v>14091</v>
       </c>
       <c r="C71" s="2">
-        <v>14091</v>
+        <v>14796</v>
       </c>
       <c r="D71" s="2">
-        <v>14796</v>
+        <v>15535</v>
       </c>
       <c r="E71" s="2">
-        <v>16275</v>
+        <v>17089</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B72" s="2">
-        <v>13617</v>
+        <v>14298</v>
       </c>
       <c r="C72" s="2">
-        <v>14298</v>
+        <v>15013</v>
       </c>
       <c r="D72" s="2">
-        <v>15013</v>
+        <v>15764</v>
       </c>
       <c r="E72" s="2">
-        <v>16514</v>
+        <v>17340</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B73" s="2">
-        <v>16786</v>
+        <v>17625</v>
       </c>
       <c r="C73" s="2">
-        <v>17625</v>
+        <v>18506</v>
       </c>
       <c r="D73" s="2">
-        <v>18507</v>
+        <v>19432</v>
       </c>
       <c r="E73" s="2">
-        <v>20357</v>
+        <v>21375</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B74" s="2">
-        <v>17122</v>
+        <v>17978</v>
       </c>
       <c r="C74" s="2">
-        <v>17978</v>
+        <v>18877</v>
       </c>
       <c r="D74" s="2">
-        <v>18877</v>
+        <v>19821</v>
       </c>
       <c r="E74" s="2">
-        <v>20765</v>
+        <v>21803</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B75" s="2">
-        <v>30039</v>
+        <v>31541</v>
       </c>
       <c r="C75" s="2">
-        <v>31541</v>
+        <v>33118</v>
       </c>
       <c r="D75" s="2">
-        <v>33118</v>
+        <v>34774</v>
       </c>
       <c r="E75" s="2">
-        <v>36430</v>
+        <v>38251</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B76" s="2">
-        <v>22031</v>
+        <v>23133</v>
       </c>
       <c r="C76" s="2">
-        <v>23133</v>
+        <v>24290</v>
       </c>
       <c r="D76" s="2">
-        <v>24289</v>
+        <v>25504</v>
       </c>
       <c r="E76" s="2">
-        <v>26718</v>
+        <v>28055</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B77" s="2">
-        <v>22630</v>
+        <v>23762</v>
       </c>
       <c r="C77" s="2">
-        <v>23762</v>
+        <v>24950</v>
       </c>
       <c r="D77" s="2">
-        <v>24950</v>
+        <v>26198</v>
       </c>
       <c r="E77" s="2">
-        <v>27445</v>
+        <v>28817</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B78" s="2">
-        <v>33646</v>
+        <v>35328</v>
       </c>
       <c r="C78" s="2">
-        <v>35328</v>
+        <v>37094</v>
       </c>
       <c r="D78" s="2">
-        <v>37095</v>
+        <v>38949</v>
       </c>
       <c r="E78" s="2">
-        <v>40804</v>
+        <v>42844</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B79" s="2">
-        <v>72090</v>
+        <v>75695</v>
       </c>
       <c r="C79" s="2">
-        <v>75695</v>
+        <v>79480</v>
       </c>
       <c r="D79" s="2">
-        <v>79479</v>
+        <v>83454</v>
       </c>
       <c r="E79" s="2">
-        <v>87427</v>
+        <v>91799</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B80" s="2">
-        <v>22348</v>
+        <v>23465</v>
       </c>
       <c r="C80" s="2">
-        <v>23465</v>
+        <v>24638</v>
       </c>
       <c r="D80" s="2">
-        <v>24639</v>
+        <v>25870</v>
       </c>
       <c r="E80" s="2">
-        <v>27103</v>
+        <v>28457</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B81" s="2">
-        <v>23033</v>
+        <v>24185</v>
       </c>
       <c r="C81" s="2">
-        <v>24185</v>
+        <v>25394</v>
       </c>
       <c r="D81" s="2">
-        <v>25394</v>
+        <v>26664</v>
       </c>
       <c r="E81" s="2">
-        <v>27933</v>
+        <v>29330</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B82" s="2">
-        <v>23493</v>
+        <v>24668</v>
       </c>
       <c r="C82" s="2">
-        <v>24668</v>
+        <v>25901</v>
       </c>
       <c r="D82" s="2">
-        <v>25901</v>
+        <v>27196</v>
       </c>
       <c r="E82" s="2">
-        <v>28491</v>
+        <v>29916</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B83" s="2">
-        <v>23269</v>
+        <v>24432</v>
       </c>
       <c r="C83" s="2">
-        <v>24432</v>
+        <v>25654</v>
       </c>
       <c r="D83" s="2">
-        <v>25654</v>
+        <v>26936</v>
       </c>
       <c r="E83" s="2">
-        <v>28219</v>
+        <v>29630</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B84" s="2">
-        <v>24433</v>
+        <v>25655</v>
       </c>
       <c r="C84" s="2">
-        <v>25655</v>
+        <v>26938</v>
       </c>
       <c r="D84" s="2">
-        <v>26937</v>
+        <v>28285</v>
       </c>
       <c r="E84" s="2">
-        <v>29631</v>
+        <v>31113</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B85" s="2">
-        <v>18022</v>
+        <v>18923</v>
       </c>
       <c r="C85" s="2">
-        <v>18923</v>
+        <v>19869</v>
       </c>
       <c r="D85" s="2">
-        <v>19869</v>
+        <v>20863</v>
       </c>
       <c r="E85" s="2">
-        <v>21856</v>
+        <v>22949</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B86" s="2">
-        <v>24606</v>
+        <v>25836</v>
       </c>
       <c r="C86" s="2">
-        <v>25836</v>
+        <v>27128</v>
       </c>
       <c r="D86" s="2">
-        <v>27128</v>
+        <v>28484</v>
       </c>
       <c r="E86" s="2">
-        <v>29841</v>
+        <v>31333</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B87" s="2">
-        <v>32040</v>
+        <v>33642</v>
       </c>
       <c r="C87" s="2">
-        <v>33642</v>
+        <v>35324</v>
       </c>
       <c r="D87" s="2">
-        <v>35324</v>
+        <v>37090</v>
       </c>
       <c r="E87" s="2">
-        <v>38857</v>
+        <v>40799</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B88" s="2">
-        <v>10575</v>
+        <v>29235</v>
       </c>
       <c r="C88" s="2">
-        <v>11104</v>
+        <v>30697</v>
       </c>
       <c r="D88" s="2">
-        <v>11659</v>
+        <v>32232</v>
       </c>
       <c r="E88" s="2">
-        <v>12825</v>
+        <v>35455</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B89" s="2">
-        <v>14759</v>
+        <v>30841</v>
       </c>
       <c r="C89" s="2">
-        <v>15497</v>
+        <v>32383</v>
       </c>
       <c r="D89" s="2">
-        <v>16272</v>
+        <v>34002</v>
       </c>
       <c r="E89" s="2">
-        <v>17899</v>
+        <v>37402</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B90" s="2">
-        <v>18502</v>
+        <v>47101</v>
       </c>
       <c r="C90" s="2">
-        <v>19427</v>
+        <v>49456</v>
       </c>
       <c r="D90" s="2">
-        <v>20398</v>
+        <v>51929</v>
       </c>
       <c r="E90" s="2">
-        <v>22438</v>
+        <v>57122</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B91" s="2">
-        <v>27843</v>
+        <v>33220</v>
       </c>
       <c r="C91" s="2">
-        <v>29235</v>
+        <v>34881</v>
       </c>
       <c r="D91" s="2">
-        <v>30697</v>
+        <v>36625</v>
       </c>
       <c r="E91" s="2">
-        <v>33767</v>
+        <v>40288</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B92" s="2">
-        <v>29372</v>
+        <v>35027</v>
       </c>
       <c r="C92" s="2">
-        <v>30841</v>
+        <v>36778</v>
       </c>
       <c r="D92" s="2">
-        <v>32383</v>
+        <v>38617</v>
       </c>
       <c r="E92" s="2">
-        <v>35621</v>
+        <v>42479</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B93" s="2">
-        <v>44858</v>
+        <v>61923</v>
       </c>
       <c r="C93" s="2">
-        <v>47101</v>
+        <v>65019</v>
       </c>
       <c r="D93" s="2">
-        <v>49456</v>
+        <v>68270</v>
       </c>
       <c r="E93" s="2">
-        <v>54402</v>
+        <v>75097</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B94" s="2">
-        <v>31638</v>
+        <v>32667</v>
       </c>
       <c r="C94" s="2">
-        <v>33220</v>
+        <v>34300</v>
       </c>
       <c r="D94" s="2">
-        <v>34881</v>
+        <v>36015</v>
       </c>
       <c r="E94" s="2">
-        <v>38369</v>
+        <v>39617</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B95" s="2">
-        <v>33359</v>
+        <v>69387</v>
       </c>
       <c r="C95" s="2">
-        <v>35027</v>
+        <v>72856</v>
       </c>
       <c r="D95" s="2">
-        <v>36778</v>
+        <v>76499</v>
       </c>
       <c r="E95" s="2">
-        <v>40456</v>
+        <v>84149</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B96" s="2">
-        <v>58974</v>
+        <v>89250</v>
       </c>
       <c r="C96" s="2">
-        <v>61923</v>
+        <v>93713</v>
       </c>
       <c r="D96" s="2">
-        <v>65019</v>
+        <v>98398</v>
       </c>
       <c r="E96" s="2">
-        <v>71521</v>
+        <v>108238</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B97" s="2">
-        <v>31111</v>
+        <v>160993</v>
       </c>
       <c r="C97" s="2">
-        <v>32667</v>
+        <v>169043</v>
       </c>
       <c r="D97" s="2">
-        <v>34300</v>
+        <v>177495</v>
       </c>
       <c r="E97" s="2">
-        <v>37730</v>
+        <v>195244</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B98" s="2">
-        <v>66083</v>
+        <v>147186</v>
       </c>
       <c r="C98" s="2">
-        <v>69387</v>
+        <v>154545</v>
       </c>
       <c r="D98" s="2">
-        <v>72857</v>
+        <v>162273</v>
       </c>
       <c r="E98" s="2">
-        <v>80142</v>
+        <v>178500</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B99" s="2">
-        <v>85000</v>
+        <v>22708</v>
       </c>
       <c r="C99" s="2">
-        <v>89250</v>
+        <v>23843</v>
       </c>
       <c r="D99" s="2">
-        <v>93713</v>
+        <v>25036</v>
       </c>
       <c r="E99" s="2">
-        <v>103084</v>
+        <v>27539</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B100" s="2">
-        <v>153327</v>
+        <v>27757</v>
       </c>
       <c r="C100" s="2">
-        <v>160993</v>
+        <v>29145</v>
       </c>
       <c r="D100" s="2">
-        <v>169043</v>
+        <v>30602</v>
       </c>
       <c r="E100" s="2">
-        <v>185947</v>
+        <v>33662</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B101" s="2">
-        <v>140177</v>
+        <v>21830</v>
       </c>
       <c r="C101" s="2">
-        <v>147186</v>
+        <v>22922</v>
       </c>
       <c r="D101" s="2">
-        <v>154545</v>
+        <v>24068</v>
       </c>
       <c r="E101" s="2">
-        <v>170000</v>
-[...3 lines deleted...]
-      <c r="A102" s="3" t="s">
+        <v>26474</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" customHeight="1" ht="20">
+      <c r="A103" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B102" s="2">
-[...13 lines deleted...]
-      <c r="A103" s="3" t="s">
+      <c r="B103" s="1"/>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+    </row>
+    <row r="104" spans="1:5">
+      <c r="A104" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5">
+      <c r="A105" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B103" s="2">
-[...13 lines deleted...]
-      <c r="A104" s="3" t="s">
+      <c r="B105" s="2">
+        <v>1960</v>
+      </c>
+      <c r="C105" s="2">
+        <v>2058</v>
+      </c>
+      <c r="D105" s="2">
+        <v>2161</v>
+      </c>
+      <c r="E105" s="2">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5">
+      <c r="A106" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B104" s="2">
-[...13 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B106" s="2">
+        <v>4985</v>
+      </c>
+      <c r="C106" s="2">
+        <v>5234</v>
+      </c>
+      <c r="D106" s="2">
+        <v>5496</v>
+      </c>
+      <c r="E106" s="2">
+        <v>6046</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5">
+      <c r="A107" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B106" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B107" s="2">
+        <v>3855</v>
+      </c>
+      <c r="C107" s="2">
+        <v>4048</v>
+      </c>
+      <c r="D107" s="2">
+        <v>4250</v>
+      </c>
+      <c r="E107" s="2">
+        <v>4675</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B108" s="2">
-        <v>1867</v>
+        <v>6065</v>
       </c>
       <c r="C108" s="2">
-        <v>1960</v>
+        <v>6368</v>
       </c>
       <c r="D108" s="2">
-        <v>2058</v>
+        <v>6687</v>
       </c>
       <c r="E108" s="2">
-        <v>2264</v>
+        <v>7355</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B109" s="2">
-        <v>4748</v>
+        <v>8166</v>
       </c>
       <c r="C109" s="2">
-        <v>4985</v>
+        <v>8574</v>
       </c>
       <c r="D109" s="2">
-        <v>5235</v>
+        <v>9003</v>
       </c>
       <c r="E109" s="2">
-        <v>5758</v>
+        <v>9903</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B110" s="2">
-        <v>3671</v>
+        <v>9330</v>
       </c>
       <c r="C110" s="2">
-        <v>3855</v>
+        <v>9797</v>
       </c>
       <c r="D110" s="2">
-        <v>4047</v>
+        <v>10286</v>
       </c>
       <c r="E110" s="2">
-        <v>4452</v>
+        <v>11315</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B111" s="2">
-        <v>5776</v>
+        <v>15723</v>
       </c>
       <c r="C111" s="2">
-        <v>6065</v>
+        <v>16509</v>
       </c>
       <c r="D111" s="2">
-        <v>6368</v>
+        <v>17335</v>
       </c>
       <c r="E111" s="2">
-        <v>7005</v>
+        <v>19068</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B112" s="2">
-        <v>7777</v>
+        <v>15878</v>
       </c>
       <c r="C112" s="2">
-        <v>8166</v>
+        <v>16672</v>
       </c>
       <c r="D112" s="2">
-        <v>8574</v>
+        <v>17505</v>
       </c>
       <c r="E112" s="2">
-        <v>9432</v>
+        <v>19256</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B113" s="2">
-        <v>8886</v>
+        <v>13503</v>
       </c>
       <c r="C113" s="2">
-        <v>9330</v>
+        <v>14178</v>
       </c>
       <c r="D113" s="2">
-        <v>9797</v>
+        <v>14887</v>
       </c>
       <c r="E113" s="2">
-        <v>10776</v>
+        <v>16376</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B114" s="2">
-        <v>14974</v>
+        <v>13590</v>
       </c>
       <c r="C114" s="2">
-        <v>15723</v>
+        <v>14270</v>
       </c>
       <c r="D114" s="2">
-        <v>16509</v>
+        <v>14983</v>
       </c>
       <c r="E114" s="2">
-        <v>18160</v>
+        <v>16481</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B115" s="2">
-        <v>15122</v>
+        <v>23403</v>
       </c>
       <c r="C115" s="2">
-        <v>15878</v>
+        <v>24573</v>
       </c>
       <c r="D115" s="2">
-        <v>16672</v>
+        <v>25802</v>
       </c>
       <c r="E115" s="2">
-        <v>18339</v>
+        <v>28382</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B116" s="2">
-        <v>12860</v>
+        <v>14468</v>
       </c>
       <c r="C116" s="2">
-        <v>13503</v>
+        <v>15191</v>
       </c>
       <c r="D116" s="2">
-        <v>14178</v>
+        <v>15951</v>
       </c>
       <c r="E116" s="2">
-        <v>15596</v>
+        <v>17546</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B117" s="2">
-        <v>12943</v>
+        <v>14683</v>
       </c>
       <c r="C117" s="2">
-        <v>13590</v>
+        <v>15417</v>
       </c>
       <c r="D117" s="2">
-        <v>14270</v>
+        <v>16188</v>
       </c>
       <c r="E117" s="2">
-        <v>15697</v>
+        <v>17807</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B118" s="2">
-        <v>22289</v>
+        <v>27724</v>
       </c>
       <c r="C118" s="2">
-        <v>23403</v>
+        <v>29110</v>
       </c>
       <c r="D118" s="2">
-        <v>24574</v>
+        <v>30566</v>
       </c>
       <c r="E118" s="2">
-        <v>27031</v>
-[...3 lines deleted...]
-      <c r="A119" s="3" t="s">
+        <v>33622</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" customHeight="1" ht="20">
+      <c r="A120" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B119" s="2">
-[...13 lines deleted...]
-      <c r="A120" s="3" t="s">
+      <c r="B120" s="1"/>
+      <c r="C120" s="1"/>
+      <c r="D120" s="1"/>
+      <c r="E120" s="1"/>
+    </row>
+    <row r="121" spans="1:5">
+      <c r="A121" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5">
+      <c r="A122" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B120" s="2">
-[...13 lines deleted...]
-      <c r="A121" s="3" t="s">
+      <c r="B122" s="2">
+        <v>4320</v>
+      </c>
+      <c r="C122" s="2">
+        <v>4536</v>
+      </c>
+      <c r="D122" s="2">
+        <v>4763</v>
+      </c>
+      <c r="E122" s="2">
+        <v>5239</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5">
+      <c r="A123" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B121" s="2">
-[...13 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="2">
+        <v>6594</v>
+      </c>
+      <c r="C123" s="2">
+        <v>6924</v>
+      </c>
+      <c r="D123" s="2">
+        <v>7270</v>
+      </c>
+      <c r="E123" s="2">
+        <v>7997</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5">
+      <c r="A124" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B123" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B124" s="2">
+        <v>10231</v>
+      </c>
+      <c r="C124" s="2">
+        <v>10743</v>
+      </c>
+      <c r="D124" s="2">
+        <v>11280</v>
+      </c>
+      <c r="E124" s="2">
+        <v>12408</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B125" s="2">
-        <v>4114</v>
+        <v>13414</v>
       </c>
       <c r="C125" s="2">
-        <v>4320</v>
+        <v>14085</v>
       </c>
       <c r="D125" s="2">
-        <v>4536</v>
+        <v>14789</v>
       </c>
       <c r="E125" s="2">
-        <v>4989</v>
+        <v>16268</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B126" s="2">
-        <v>6280</v>
+        <v>8863</v>
       </c>
       <c r="C126" s="2">
-        <v>6594</v>
+        <v>9306</v>
       </c>
       <c r="D126" s="2">
-        <v>6924</v>
+        <v>9771</v>
       </c>
       <c r="E126" s="2">
-        <v>7616</v>
+        <v>10749</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B127" s="2">
-        <v>9744</v>
+        <v>11365</v>
       </c>
       <c r="C127" s="2">
-        <v>10231</v>
+        <v>11933</v>
       </c>
       <c r="D127" s="2">
-        <v>10743</v>
+        <v>12530</v>
       </c>
       <c r="E127" s="2">
-        <v>11817</v>
+        <v>13783</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B128" s="2">
-        <v>12775</v>
+        <v>14549</v>
       </c>
       <c r="C128" s="2">
-        <v>13414</v>
+        <v>15276</v>
       </c>
       <c r="D128" s="2">
-        <v>14084</v>
+        <v>16040</v>
       </c>
       <c r="E128" s="2">
-        <v>15493</v>
+        <v>17644</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B129" s="2">
-        <v>8441</v>
+        <v>13186</v>
       </c>
       <c r="C129" s="2">
-        <v>8863</v>
+        <v>13845</v>
       </c>
       <c r="D129" s="2">
-        <v>9306</v>
+        <v>14538</v>
       </c>
       <c r="E129" s="2">
-        <v>10237</v>
+        <v>15991</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B130" s="2">
-        <v>10824</v>
+        <v>14095</v>
       </c>
       <c r="C130" s="2">
-        <v>11365</v>
+        <v>14800</v>
       </c>
       <c r="D130" s="2">
-        <v>11933</v>
+        <v>15540</v>
       </c>
       <c r="E130" s="2">
-        <v>13127</v>
-[...3 lines deleted...]
-      <c r="A131" s="3" t="s">
+        <v>17094</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" customHeight="1" ht="20">
+      <c r="A132" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B131" s="2">
-[...13 lines deleted...]
-      <c r="A132" s="3" t="s">
+      <c r="B132" s="1"/>
+      <c r="C132" s="1"/>
+      <c r="D132" s="1"/>
+      <c r="E132" s="1"/>
+    </row>
+    <row r="133" spans="1:5">
+      <c r="A133" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5">
+      <c r="A134" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B132" s="2">
-[...13 lines deleted...]
-      <c r="A133" s="3" t="s">
+      <c r="B134" s="2">
+        <v>12688</v>
+      </c>
+      <c r="C134" s="2">
+        <v>13322</v>
+      </c>
+      <c r="D134" s="2">
+        <v>13989</v>
+      </c>
+      <c r="E134" s="2">
+        <v>15387</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5">
+      <c r="A135" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B133" s="2">
-[...13 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="B135" s="2">
+        <v>16326</v>
+      </c>
+      <c r="C135" s="2">
+        <v>17142</v>
+      </c>
+      <c r="D135" s="2">
+        <v>17999</v>
+      </c>
+      <c r="E135" s="2">
+        <v>19799</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5">
+      <c r="A136" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B135" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B136" s="2">
+        <v>19620</v>
+      </c>
+      <c r="C136" s="2">
+        <v>20601</v>
+      </c>
+      <c r="D136" s="2">
+        <v>21631</v>
+      </c>
+      <c r="E136" s="2">
+        <v>23794</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B137" s="2">
-        <v>12084</v>
+        <v>17271</v>
       </c>
       <c r="C137" s="2">
-        <v>12688</v>
+        <v>18135</v>
       </c>
       <c r="D137" s="2">
-        <v>13323</v>
+        <v>19041</v>
       </c>
       <c r="E137" s="2">
-        <v>14655</v>
+        <v>20945</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B138" s="2">
-        <v>15549</v>
+        <v>17097</v>
       </c>
       <c r="C138" s="2">
-        <v>16326</v>
+        <v>17952</v>
       </c>
       <c r="D138" s="2">
-        <v>17143</v>
+        <v>18849</v>
       </c>
       <c r="E138" s="2">
-        <v>18857</v>
+        <v>20734</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B139" s="2">
-        <v>18686</v>
+        <v>19163</v>
       </c>
       <c r="C139" s="2">
-        <v>19620</v>
+        <v>20121</v>
       </c>
       <c r="D139" s="2">
-        <v>20601</v>
+        <v>21127</v>
       </c>
       <c r="E139" s="2">
-        <v>22661</v>
+        <v>23240</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B140" s="2">
-        <v>16449</v>
+        <v>8571</v>
       </c>
       <c r="C140" s="2">
-        <v>17271</v>
+        <v>9000</v>
       </c>
       <c r="D140" s="2">
-        <v>18135</v>
+        <v>9450</v>
       </c>
       <c r="E140" s="2">
-        <v>19949</v>
-[...3 lines deleted...]
-      <c r="A141" s="3" t="s">
+        <v>10394</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" customHeight="1" ht="20">
+      <c r="A142" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B141" s="2">
-[...13 lines deleted...]
-      <c r="A142" s="3" t="s">
+      <c r="B142" s="1"/>
+      <c r="C142" s="1"/>
+      <c r="D142" s="1"/>
+      <c r="E142" s="1"/>
+    </row>
+    <row r="143" spans="1:5">
+      <c r="A143" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5">
+      <c r="A144" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B142" s="2">
-[...13 lines deleted...]
-      <c r="A143" s="3" t="s">
+      <c r="B144" s="2">
+        <v>15754</v>
+      </c>
+      <c r="C144" s="2">
+        <v>16542</v>
+      </c>
+      <c r="D144" s="2">
+        <v>17369</v>
+      </c>
+      <c r="E144" s="2">
+        <v>19106</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5">
+      <c r="A145" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B143" s="2">
-[...13 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="B145" s="2">
+        <v>19965</v>
+      </c>
+      <c r="C145" s="2">
+        <v>20963</v>
+      </c>
+      <c r="D145" s="2">
+        <v>22011</v>
+      </c>
+      <c r="E145" s="2">
+        <v>24213</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5">
+      <c r="A146" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B145" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B146" s="2">
+        <v>20488</v>
+      </c>
+      <c r="C146" s="2">
+        <v>21512</v>
+      </c>
+      <c r="D146" s="2">
+        <v>22588</v>
+      </c>
+      <c r="E146" s="2">
+        <v>24847</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B147" s="2">
-        <v>15004</v>
+        <v>20635</v>
       </c>
       <c r="C147" s="2">
-        <v>15754</v>
+        <v>21667</v>
       </c>
       <c r="D147" s="2">
-        <v>16542</v>
+        <v>22750</v>
       </c>
       <c r="E147" s="2">
-        <v>18196</v>
-[...3 lines deleted...]
-      <c r="A148" s="3" t="s">
+        <v>25025</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" customHeight="1" ht="20">
+      <c r="A149" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B148" s="2">
-[...13 lines deleted...]
-      <c r="A149" s="3" t="s">
+      <c r="B149" s="1"/>
+      <c r="C149" s="1"/>
+      <c r="D149" s="1"/>
+      <c r="E149" s="1"/>
+    </row>
+    <row r="150" spans="1:5">
+      <c r="A150" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5">
+      <c r="A151" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B149" s="2">
-[...13 lines deleted...]
-      <c r="A150" s="3" t="s">
+      <c r="B151" s="2">
+        <v>15591</v>
+      </c>
+      <c r="C151" s="2">
+        <v>16371</v>
+      </c>
+      <c r="D151" s="2">
+        <v>17189</v>
+      </c>
+      <c r="E151" s="2">
+        <v>18908</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5">
+      <c r="A152" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B150" s="2">
-[...13 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B152" s="2">
+        <v>18873</v>
+      </c>
+      <c r="C152" s="2">
+        <v>19817</v>
+      </c>
+      <c r="D152" s="2">
+        <v>20807</v>
+      </c>
+      <c r="E152" s="2">
+        <v>22888</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5">
+      <c r="A153" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B152" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B153" s="2">
+        <v>21295</v>
+      </c>
+      <c r="C153" s="2">
+        <v>22360</v>
+      </c>
+      <c r="D153" s="2">
+        <v>23478</v>
+      </c>
+      <c r="E153" s="2">
+        <v>25826</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B154" s="2">
-        <v>14849</v>
+        <v>22975</v>
       </c>
       <c r="C154" s="2">
-        <v>15591</v>
+        <v>24124</v>
       </c>
       <c r="D154" s="2">
-        <v>16371</v>
+        <v>25330</v>
       </c>
       <c r="E154" s="2">
-        <v>18008</v>
+        <v>27863</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B155" s="2">
-        <v>17974</v>
+        <v>41849</v>
       </c>
       <c r="C155" s="2">
-        <v>18873</v>
+        <v>43941</v>
       </c>
       <c r="D155" s="2">
-        <v>19816</v>
+        <v>46139</v>
       </c>
       <c r="E155" s="2">
-        <v>21798</v>
+        <v>50752</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B156" s="2">
-        <v>20281</v>
+        <v>29501</v>
       </c>
       <c r="C156" s="2">
-        <v>21295</v>
+        <v>30976</v>
       </c>
       <c r="D156" s="2">
-        <v>22360</v>
+        <v>32525</v>
       </c>
       <c r="E156" s="2">
-        <v>24596</v>
-[...3 lines deleted...]
-      <c r="A157" s="3" t="s">
+        <v>35777</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" customHeight="1" ht="20">
+      <c r="A158" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B157" s="2">
-[...13 lines deleted...]
-      <c r="A158" s="3" t="s">
+      <c r="B158" s="1"/>
+      <c r="C158" s="1"/>
+      <c r="D158" s="1"/>
+      <c r="E158" s="1"/>
+    </row>
+    <row r="159" spans="1:5">
+      <c r="A159" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5">
+      <c r="A160" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B158" s="2">
-[...13 lines deleted...]
-      <c r="A159" s="3" t="s">
+      <c r="B160" s="2">
+        <v>13287</v>
+      </c>
+      <c r="C160" s="2">
+        <v>13951</v>
+      </c>
+      <c r="D160" s="2">
+        <v>14649</v>
+      </c>
+      <c r="E160" s="2">
+        <v>16114</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5">
+      <c r="A161" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B159" s="2">
-[...13 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B161" s="2">
+        <v>13649</v>
+      </c>
+      <c r="C161" s="2">
+        <v>14331</v>
+      </c>
+      <c r="D161" s="2">
+        <v>15048</v>
+      </c>
+      <c r="E161" s="2">
+        <v>16553</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5">
+      <c r="A162" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B161" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B162" s="2">
+        <v>28427</v>
+      </c>
+      <c r="C162" s="2">
+        <v>29848</v>
+      </c>
+      <c r="D162" s="2">
+        <v>31341</v>
+      </c>
+      <c r="E162" s="2">
+        <v>34475</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B163" s="2">
-        <v>12654</v>
+        <v>6952</v>
       </c>
       <c r="C163" s="2">
-        <v>13287</v>
+        <v>7300</v>
       </c>
       <c r="D163" s="2">
-        <v>13951</v>
+        <v>7665</v>
       </c>
       <c r="E163" s="2">
-        <v>15346</v>
+        <v>8431</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B164" s="2">
-        <v>12999</v>
+        <v>10084</v>
       </c>
       <c r="C164" s="2">
-        <v>13649</v>
+        <v>10588</v>
       </c>
       <c r="D164" s="2">
-        <v>14331</v>
+        <v>11118</v>
       </c>
       <c r="E164" s="2">
-        <v>15765</v>
+        <v>12229</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B165" s="2">
-        <v>27073</v>
+        <v>10524</v>
       </c>
       <c r="C165" s="2">
-        <v>28427</v>
+        <v>11050</v>
       </c>
       <c r="D165" s="2">
-        <v>29848</v>
+        <v>11603</v>
       </c>
       <c r="E165" s="2">
-        <v>32833</v>
+        <v>12763</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B166" s="2">
-        <v>6621</v>
+        <v>10145</v>
       </c>
       <c r="C166" s="2">
-        <v>6952</v>
+        <v>10652</v>
       </c>
       <c r="D166" s="2">
-        <v>7300</v>
+        <v>11185</v>
       </c>
       <c r="E166" s="2">
-        <v>8030</v>
-[...3 lines deleted...]
-      <c r="A167" s="3" t="s">
+        <v>12303</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" customHeight="1" ht="20">
+      <c r="A168" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B167" s="2">
-[...13 lines deleted...]
-      <c r="A168" s="3" t="s">
+      <c r="B168" s="1"/>
+      <c r="C168" s="1"/>
+      <c r="D168" s="1"/>
+      <c r="E168" s="1"/>
+    </row>
+    <row r="169" spans="1:5">
+      <c r="A169" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5">
+      <c r="A170" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B168" s="2">
-[...13 lines deleted...]
-      <c r="A169" s="3" t="s">
+      <c r="B170" s="2">
+        <v>17958</v>
+      </c>
+      <c r="C170" s="2">
+        <v>18856</v>
+      </c>
+      <c r="D170" s="2">
+        <v>19799</v>
+      </c>
+      <c r="E170" s="2">
+        <v>21779</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5">
+      <c r="A171" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B169" s="2">
-[...13 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="B171" s="2">
+        <v>22910</v>
+      </c>
+      <c r="C171" s="2">
+        <v>24056</v>
+      </c>
+      <c r="D171" s="2">
+        <v>25258</v>
+      </c>
+      <c r="E171" s="2">
+        <v>27784</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5">
+      <c r="A172" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B171" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B172" s="2">
+        <v>25387</v>
+      </c>
+      <c r="C172" s="2">
+        <v>26656</v>
+      </c>
+      <c r="D172" s="2">
+        <v>27989</v>
+      </c>
+      <c r="E172" s="2">
+        <v>30788</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B173" s="2">
-        <v>17103</v>
+        <v>22116</v>
       </c>
       <c r="C173" s="2">
-        <v>17958</v>
+        <v>23222</v>
       </c>
       <c r="D173" s="2">
-        <v>18856</v>
+        <v>24383</v>
       </c>
       <c r="E173" s="2">
-        <v>20742</v>
-[...3 lines deleted...]
-      <c r="A174" s="3" t="s">
+        <v>26821</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" customHeight="1" ht="20">
+      <c r="A175" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B174" s="2">
-[...13 lines deleted...]
-      <c r="A175" s="3" t="s">
+      <c r="B175" s="1"/>
+      <c r="C175" s="1"/>
+      <c r="D175" s="1"/>
+      <c r="E175" s="1"/>
+    </row>
+    <row r="176" spans="1:5">
+      <c r="A176" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5">
+      <c r="A177" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B175" s="2">
-[...13 lines deleted...]
-      <c r="A176" s="3" t="s">
+      <c r="B177" s="2">
+        <v>17028</v>
+      </c>
+      <c r="C177" s="2">
+        <v>17879</v>
+      </c>
+      <c r="D177" s="2">
+        <v>18773</v>
+      </c>
+      <c r="E177" s="2">
+        <v>20651</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5">
+      <c r="A178" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B176" s="2">
-[...13 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="2">
+        <v>17805</v>
+      </c>
+      <c r="C178" s="2">
+        <v>18695</v>
+      </c>
+      <c r="D178" s="2">
+        <v>19630</v>
+      </c>
+      <c r="E178" s="2">
+        <v>21593</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5">
+      <c r="A179" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B178" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B179" s="2">
+        <v>19506</v>
+      </c>
+      <c r="C179" s="2">
+        <v>20481</v>
+      </c>
+      <c r="D179" s="2">
+        <v>21505</v>
+      </c>
+      <c r="E179" s="2">
+        <v>23656</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B180" s="2">
-        <v>16217</v>
+        <v>22293</v>
       </c>
       <c r="C180" s="2">
-        <v>17028</v>
+        <v>23408</v>
       </c>
       <c r="D180" s="2">
-        <v>17879</v>
+        <v>24578</v>
       </c>
       <c r="E180" s="2">
-        <v>19667</v>
+        <v>27036</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B181" s="2">
-        <v>16957</v>
+        <v>22601</v>
       </c>
       <c r="C181" s="2">
-        <v>17805</v>
+        <v>23731</v>
       </c>
       <c r="D181" s="2">
-        <v>18695</v>
+        <v>24918</v>
       </c>
       <c r="E181" s="2">
-        <v>20565</v>
+        <v>27409</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B182" s="2">
-        <v>18577</v>
+        <v>23469</v>
       </c>
       <c r="C182" s="2">
-        <v>19506</v>
+        <v>24642</v>
       </c>
       <c r="D182" s="2">
-        <v>20481</v>
+        <v>25875</v>
       </c>
       <c r="E182" s="2">
-        <v>22529</v>
+        <v>28462</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B183" s="2">
-        <v>21231</v>
+        <v>24304</v>
       </c>
       <c r="C183" s="2">
-        <v>22293</v>
+        <v>25519</v>
       </c>
       <c r="D183" s="2">
-        <v>23407</v>
+        <v>26795</v>
       </c>
       <c r="E183" s="2">
-        <v>25748</v>
-[...3 lines deleted...]
-      <c r="A184" s="3" t="s">
+        <v>29475</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" customHeight="1" ht="20">
+      <c r="A185" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B184" s="2">
-[...13 lines deleted...]
-      <c r="A185" s="3" t="s">
+      <c r="B185" s="1"/>
+      <c r="C185" s="1"/>
+      <c r="D185" s="1"/>
+      <c r="E185" s="1"/>
+    </row>
+    <row r="186" spans="1:5">
+      <c r="A186" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5">
+      <c r="A187" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B185" s="2">
-[...13 lines deleted...]
-      <c r="A186" s="3" t="s">
+      <c r="B187" s="2">
+        <v>21828</v>
+      </c>
+      <c r="C187" s="2">
+        <v>22919</v>
+      </c>
+      <c r="D187" s="2">
+        <v>24065</v>
+      </c>
+      <c r="E187" s="2">
+        <v>26472</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5">
+      <c r="A188" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B186" s="2">
-[...13 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B188" s="2">
+        <v>23158</v>
+      </c>
+      <c r="C188" s="2">
+        <v>24316</v>
+      </c>
+      <c r="D188" s="2">
+        <v>25532</v>
+      </c>
+      <c r="E188" s="2">
+        <v>28085</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5">
+      <c r="A189" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B188" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B189" s="2">
+        <v>26315</v>
+      </c>
+      <c r="C189" s="2">
+        <v>27631</v>
+      </c>
+      <c r="D189" s="2">
+        <v>29012</v>
+      </c>
+      <c r="E189" s="2">
+        <v>31914</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B190" s="2">
-        <v>20789</v>
+        <v>24150</v>
       </c>
       <c r="C190" s="2">
-        <v>21828</v>
+        <v>25358</v>
       </c>
       <c r="D190" s="2">
-        <v>22920</v>
+        <v>26625</v>
       </c>
       <c r="E190" s="2">
-        <v>25212</v>
+        <v>29288</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B191" s="2">
-        <v>22055</v>
+        <v>26627</v>
       </c>
       <c r="C191" s="2">
-        <v>23158</v>
+        <v>27958</v>
       </c>
       <c r="D191" s="2">
-        <v>24316</v>
+        <v>29356</v>
       </c>
       <c r="E191" s="2">
-        <v>26747</v>
+        <v>32292</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B192" s="2">
-        <v>25062</v>
+        <v>13283</v>
       </c>
       <c r="C192" s="2">
-        <v>26315</v>
+        <v>13947</v>
       </c>
       <c r="D192" s="2">
-        <v>27631</v>
+        <v>14645</v>
       </c>
       <c r="E192" s="2">
-        <v>30394</v>
+        <v>16109</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B193" s="2">
-        <v>23000</v>
+        <v>24461</v>
       </c>
       <c r="C193" s="2">
-        <v>24150</v>
+        <v>25684</v>
       </c>
       <c r="D193" s="2">
-        <v>25358</v>
+        <v>26968</v>
       </c>
       <c r="E193" s="2">
-        <v>27893</v>
+        <v>29665</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B194" s="2">
-        <v>25359</v>
+        <v>15629</v>
       </c>
       <c r="C194" s="2">
-        <v>26627</v>
+        <v>16410</v>
       </c>
       <c r="D194" s="2">
-        <v>27958</v>
+        <v>17231</v>
       </c>
       <c r="E194" s="2">
-        <v>30754</v>
-[...3 lines deleted...]
-      <c r="A195" s="3" t="s">
+        <v>18954</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" customHeight="1" ht="20">
+      <c r="A196" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B195" s="2">
-[...13 lines deleted...]
-      <c r="A196" s="3" t="s">
+      <c r="B196" s="1"/>
+      <c r="C196" s="1"/>
+      <c r="D196" s="1"/>
+      <c r="E196" s="1"/>
+    </row>
+    <row r="197" spans="1:5">
+      <c r="A197" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5">
+      <c r="A198" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B196" s="2">
-[...13 lines deleted...]
-      <c r="A197" s="3" t="s">
+      <c r="B198" s="2">
+        <v>14705</v>
+      </c>
+      <c r="C198" s="2">
+        <v>15440</v>
+      </c>
+      <c r="D198" s="2">
+        <v>16212</v>
+      </c>
+      <c r="E198" s="2">
+        <v>17833</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5">
+      <c r="A199" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B197" s="2">
-[...13 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B199" s="2">
+        <v>18264</v>
+      </c>
+      <c r="C199" s="2">
+        <v>19177</v>
+      </c>
+      <c r="D199" s="2">
+        <v>20136</v>
+      </c>
+      <c r="E199" s="2">
+        <v>22150</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5">
+      <c r="A200" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B199" s="1"/>
-[...5 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B200" s="2">
+        <v>17690</v>
+      </c>
+      <c r="C200" s="2">
+        <v>18575</v>
+      </c>
+      <c r="D200" s="2">
+        <v>19503</v>
+      </c>
+      <c r="E200" s="2">
+        <v>21454</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" customHeight="1" ht="20">
+      <c r="A202" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B202" s="1"/>
+      <c r="C202" s="1"/>
+      <c r="D202" s="1"/>
+      <c r="E202" s="1"/>
+    </row>
+    <row r="203" spans="1:5">
+      <c r="A203" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D200" s="1" t="s">
+      <c r="D203" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E200" s="1" t="s">
+      <c r="E203" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="201" spans="1:5">
-[...17 lines deleted...]
-      <c r="A202" s="3" t="s">
+    <row r="204" spans="1:5">
+      <c r="A204" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B202" s="2">
-[...13 lines deleted...]
-      <c r="A203" s="3" t="s">
+      <c r="B204" s="2">
+        <v>9101</v>
+      </c>
+      <c r="C204" s="2">
+        <v>9556</v>
+      </c>
+      <c r="D204" s="2">
+        <v>10034</v>
+      </c>
+      <c r="E204" s="2">
+        <v>11037</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5">
+      <c r="A205" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B203" s="2">
-[...13 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="B205" s="2">
+        <v>13312</v>
+      </c>
+      <c r="C205" s="2">
+        <v>13978</v>
+      </c>
+      <c r="D205" s="2">
+        <v>14676</v>
+      </c>
+      <c r="E205" s="2">
+        <v>16144</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5">
+      <c r="A206" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B205" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B206" s="2">
+        <v>19506</v>
+      </c>
+      <c r="C206" s="2">
+        <v>20481</v>
+      </c>
+      <c r="D206" s="2">
+        <v>21505</v>
+      </c>
+      <c r="E206" s="2">
+        <v>23656</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B207" s="2">
-        <v>8668</v>
+        <v>9550</v>
       </c>
       <c r="C207" s="2">
-        <v>9101</v>
+        <v>10028</v>
       </c>
       <c r="D207" s="2">
-        <v>9556</v>
+        <v>10529</v>
       </c>
       <c r="E207" s="2">
-        <v>10512</v>
-[...3 lines deleted...]
-      <c r="A208" s="3" t="s">
+        <v>11582</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" customHeight="1" ht="20">
+      <c r="A209" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B208" s="2">
-[...13 lines deleted...]
-      <c r="A209" s="3" t="s">
+      <c r="B209" s="1"/>
+      <c r="C209" s="1"/>
+      <c r="D209" s="1"/>
+      <c r="E209" s="1"/>
+    </row>
+    <row r="210" spans="1:5">
+      <c r="A210" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5">
+      <c r="A211" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B209" s="2">
-[...13 lines deleted...]
-      <c r="A210" s="3" t="s">
+      <c r="B211" s="2">
+        <v>26970</v>
+      </c>
+      <c r="C211" s="2">
+        <v>28319</v>
+      </c>
+      <c r="D211" s="2">
+        <v>29734</v>
+      </c>
+      <c r="E211" s="2">
+        <v>32708</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5">
+      <c r="A212" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B210" s="2">
-[...13 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="B212" s="2">
+        <v>18701</v>
+      </c>
+      <c r="C212" s="2">
+        <v>19636</v>
+      </c>
+      <c r="D212" s="2">
+        <v>20618</v>
+      </c>
+      <c r="E212" s="2">
+        <v>22680</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" customHeight="1" ht="20">
+      <c r="A214" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B212" s="1"/>
-[...5 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="B214" s="1"/>
+      <c r="C214" s="1"/>
+      <c r="D214" s="1"/>
+      <c r="E214" s="1"/>
+    </row>
+    <row r="215" spans="1:5">
+      <c r="A215" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D213" s="1" t="s">
+      <c r="D215" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E213" s="1" t="s">
+      <c r="E215" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="214" spans="1:5">
-      <c r="A214" s="3" t="s">
+    <row r="216" spans="1:5">
+      <c r="A216" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B214" s="2">
-[...13 lines deleted...]
-      <c r="A215" s="3" t="s">
+      <c r="B216" s="2">
+        <v>11212</v>
+      </c>
+      <c r="C216" s="2">
+        <v>11773</v>
+      </c>
+      <c r="D216" s="2">
+        <v>12361</v>
+      </c>
+      <c r="E216" s="2">
+        <v>13597</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5">
+      <c r="A217" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B215" s="2">
-[...13 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="B217" s="2">
+        <v>12750</v>
+      </c>
+      <c r="C217" s="2">
+        <v>13388</v>
+      </c>
+      <c r="D217" s="2">
+        <v>14057</v>
+      </c>
+      <c r="E217" s="2">
+        <v>15463</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5">
+      <c r="A218" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B217" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B218" s="2">
+        <v>16570</v>
+      </c>
+      <c r="C218" s="2">
+        <v>17399</v>
+      </c>
+      <c r="D218" s="2">
+        <v>18268</v>
+      </c>
+      <c r="E218" s="2">
+        <v>20095</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B219" s="2">
-        <v>10678</v>
+        <v>14785</v>
       </c>
       <c r="C219" s="2">
-        <v>11212</v>
+        <v>15524</v>
       </c>
       <c r="D219" s="2">
-        <v>11772</v>
+        <v>16300</v>
       </c>
       <c r="E219" s="2">
-        <v>12950</v>
+        <v>17931</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B220" s="2">
-        <v>12143</v>
+        <v>18186</v>
       </c>
       <c r="C220" s="2">
-        <v>12750</v>
+        <v>19095</v>
       </c>
       <c r="D220" s="2">
-        <v>13388</v>
+        <v>20050</v>
       </c>
       <c r="E220" s="2">
-        <v>14726</v>
+        <v>22055</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B221" s="2">
-        <v>13915</v>
+        <v>16402</v>
       </c>
       <c r="C221" s="2">
-        <v>14611</v>
+        <v>17222</v>
       </c>
       <c r="D221" s="2">
-        <v>15341</v>
+        <v>18083</v>
       </c>
       <c r="E221" s="2">
-        <v>16875</v>
+        <v>19892</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B222" s="2">
-        <v>17320</v>
+        <v>23157</v>
       </c>
       <c r="C222" s="2">
-        <v>18186</v>
+        <v>24315</v>
       </c>
       <c r="D222" s="2">
-        <v>19095</v>
+        <v>25531</v>
       </c>
       <c r="E222" s="2">
-        <v>21005</v>
+        <v>28084</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B223" s="2">
-        <v>15621</v>
+        <v>14111</v>
       </c>
       <c r="C223" s="2">
-        <v>16402</v>
+        <v>14817</v>
       </c>
       <c r="D223" s="2">
-        <v>17222</v>
+        <v>15557</v>
       </c>
       <c r="E223" s="2">
-        <v>18944</v>
+        <v>17113</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B224" s="2">
-        <v>22054</v>
+        <v>16616</v>
       </c>
       <c r="C224" s="2">
-        <v>23157</v>
+        <v>17447</v>
       </c>
       <c r="D224" s="2">
-        <v>24315</v>
+        <v>18319</v>
       </c>
       <c r="E224" s="2">
-        <v>26746</v>
+        <v>20151</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B225" s="2">
-        <v>13439</v>
+        <v>17778</v>
       </c>
       <c r="C225" s="2">
-        <v>14111</v>
+        <v>18667</v>
       </c>
       <c r="D225" s="2">
-        <v>14816</v>
+        <v>19600</v>
       </c>
       <c r="E225" s="2">
-        <v>16298</v>
+        <v>21560</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B226" s="2">
-        <v>15825</v>
+        <v>16419</v>
       </c>
       <c r="C226" s="2">
-        <v>16616</v>
+        <v>17240</v>
       </c>
       <c r="D226" s="2">
-        <v>17447</v>
+        <v>18102</v>
       </c>
       <c r="E226" s="2">
-        <v>19192</v>
-[...3 lines deleted...]
-      <c r="A227" s="3" t="s">
+        <v>19912</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" customHeight="1" ht="20">
+      <c r="A228" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B227" s="2">
-[...13 lines deleted...]
-      <c r="A228" s="3" t="s">
+      <c r="B228" s="1"/>
+      <c r="C228" s="1"/>
+      <c r="D228" s="1"/>
+      <c r="E228" s="1"/>
+    </row>
+    <row r="229" spans="1:5">
+      <c r="A229" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5">
+      <c r="A230" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B228" s="2">
-[...13 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="B230" s="2">
+        <v>13770</v>
+      </c>
+      <c r="C230" s="2">
+        <v>14459</v>
+      </c>
+      <c r="D230" s="2">
+        <v>15181</v>
+      </c>
+      <c r="E230" s="2">
+        <v>16700</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5">
+      <c r="A231" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B230" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B231" s="2">
+        <v>14795</v>
+      </c>
+      <c r="C231" s="2">
+        <v>15535</v>
+      </c>
+      <c r="D231" s="2">
+        <v>16311</v>
+      </c>
+      <c r="E231" s="2">
+        <v>17943</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B232" s="2">
-        <v>13114</v>
+        <v>15379</v>
       </c>
       <c r="C232" s="2">
-        <v>13770</v>
+        <v>16148</v>
       </c>
       <c r="D232" s="2">
-        <v>14458</v>
+        <v>16955</v>
       </c>
       <c r="E232" s="2">
-        <v>15904</v>
+        <v>18651</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B233" s="2">
-        <v>14090</v>
+        <v>18955</v>
       </c>
       <c r="C233" s="2">
-        <v>14795</v>
+        <v>19903</v>
       </c>
       <c r="D233" s="2">
-        <v>15534</v>
+        <v>20898</v>
       </c>
       <c r="E233" s="2">
-        <v>17088</v>
+        <v>22988</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B234" s="2">
-        <v>14647</v>
+        <v>16124</v>
       </c>
       <c r="C234" s="2">
-        <v>15379</v>
+        <v>16930</v>
       </c>
       <c r="D234" s="2">
-        <v>16148</v>
+        <v>17777</v>
       </c>
       <c r="E234" s="2">
-        <v>17763</v>
+        <v>19554</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B235" s="2">
-        <v>18052</v>
+        <v>17920</v>
       </c>
       <c r="C235" s="2">
-        <v>18955</v>
+        <v>18816</v>
       </c>
       <c r="D235" s="2">
-        <v>19902</v>
+        <v>19757</v>
       </c>
       <c r="E235" s="2">
-        <v>21893</v>
+        <v>21732</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B236" s="2">
-        <v>15356</v>
+        <v>19821</v>
       </c>
       <c r="C236" s="2">
-        <v>16124</v>
+        <v>20812</v>
       </c>
       <c r="D236" s="2">
-        <v>16930</v>
+        <v>21853</v>
       </c>
       <c r="E236" s="2">
-        <v>18623</v>
+        <v>24038</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B237" s="2">
-        <v>17067</v>
+        <v>24782</v>
       </c>
       <c r="C237" s="2">
-        <v>17920</v>
+        <v>26021</v>
       </c>
       <c r="D237" s="2">
-        <v>18816</v>
+        <v>27322</v>
       </c>
       <c r="E237" s="2">
-        <v>20698</v>
-[...3 lines deleted...]
-      <c r="A238" s="3" t="s">
+        <v>30054</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" customHeight="1" ht="20">
+      <c r="A239" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B238" s="2">
-[...13 lines deleted...]
-      <c r="A239" s="3" t="s">
+      <c r="B239" s="1"/>
+      <c r="C239" s="1"/>
+      <c r="D239" s="1"/>
+      <c r="E239" s="1"/>
+    </row>
+    <row r="240" spans="1:5">
+      <c r="A240" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5">
+      <c r="A241" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B239" s="2">
-[...13 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="B241" s="2">
+        <v>12339</v>
+      </c>
+      <c r="C241" s="2">
+        <v>12956</v>
+      </c>
+      <c r="D241" s="2">
+        <v>13604</v>
+      </c>
+      <c r="E241" s="2">
+        <v>14964</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5">
+      <c r="A242" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B241" s="1"/>
-[...5 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="B242" s="2">
+        <v>14544</v>
+      </c>
+      <c r="C242" s="2">
+        <v>15271</v>
+      </c>
+      <c r="D242" s="2">
+        <v>16035</v>
+      </c>
+      <c r="E242" s="2">
+        <v>17638</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" customHeight="1" ht="20">
+      <c r="A244" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B244" s="1"/>
+      <c r="C244" s="1"/>
+      <c r="D244" s="1"/>
+      <c r="E244" s="1"/>
+    </row>
+    <row r="245" spans="1:5">
+      <c r="A245" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D242" s="1" t="s">
+      <c r="D245" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E242" s="1" t="s">
+      <c r="E245" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="243" spans="1:5">
-[...17 lines deleted...]
-      <c r="A244" s="3" t="s">
+    <row r="246" spans="1:5">
+      <c r="A246" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B244" s="2">
-[...13 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="B246" s="2">
+        <v>26000</v>
+      </c>
+      <c r="C246" s="2">
+        <v>27300</v>
+      </c>
+      <c r="D246" s="2">
+        <v>28665</v>
+      </c>
+      <c r="E246" s="2">
+        <v>31532</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5">
+      <c r="A247" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B246" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B247" s="2">
+        <v>22927</v>
+      </c>
+      <c r="C247" s="2">
+        <v>24073</v>
+      </c>
+      <c r="D247" s="2">
+        <v>25277</v>
+      </c>
+      <c r="E247" s="2">
+        <v>27805</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B248" s="2">
-        <v>24389</v>
+        <v>30348</v>
       </c>
       <c r="C248" s="2">
-        <v>25608</v>
+        <v>31865</v>
       </c>
       <c r="D248" s="2">
-        <v>26889</v>
+        <v>33459</v>
       </c>
       <c r="E248" s="2">
-        <v>29578</v>
+        <v>36805</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B249" s="2">
-        <v>21835</v>
+        <v>47501</v>
       </c>
       <c r="C249" s="2">
-        <v>22927</v>
+        <v>49876</v>
       </c>
       <c r="D249" s="2">
-        <v>24073</v>
+        <v>52370</v>
       </c>
       <c r="E249" s="2">
-        <v>26480</v>
-[...3 lines deleted...]
-      <c r="A250" s="3" t="s">
+        <v>57607</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" customHeight="1" ht="20">
+      <c r="A251" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B250" s="2">
-[...13 lines deleted...]
-      <c r="A251" s="3" t="s">
+      <c r="B251" s="1"/>
+      <c r="C251" s="1"/>
+      <c r="D251" s="1"/>
+      <c r="E251" s="1"/>
+    </row>
+    <row r="252" spans="1:5">
+      <c r="A252" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5">
+      <c r="A253" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B251" s="2">
-[...13 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B253" s="2">
+        <v>4097</v>
+      </c>
+      <c r="C253" s="2">
+        <v>4302</v>
+      </c>
+      <c r="D253" s="2">
+        <v>4517</v>
+      </c>
+      <c r="E253" s="2">
+        <v>4969</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5">
+      <c r="A254" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B253" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B254" s="2">
+        <v>5990</v>
+      </c>
+      <c r="C254" s="2">
+        <v>6290</v>
+      </c>
+      <c r="D254" s="2">
+        <v>6604</v>
+      </c>
+      <c r="E254" s="2">
+        <v>7264</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B255" s="2">
-        <v>3902</v>
+        <v>3157</v>
       </c>
       <c r="C255" s="2">
-        <v>4097</v>
+        <v>3315</v>
       </c>
       <c r="D255" s="2">
-        <v>4302</v>
+        <v>3481</v>
       </c>
       <c r="E255" s="2">
-        <v>4732</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B256" s="2">
-        <v>5705</v>
+        <v>2495</v>
       </c>
       <c r="C256" s="2">
-        <v>5990</v>
+        <v>2620</v>
       </c>
       <c r="D256" s="2">
-        <v>6290</v>
+        <v>2751</v>
       </c>
       <c r="E256" s="2">
-        <v>6919</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B257" s="2">
-        <v>3007</v>
+        <v>2926</v>
       </c>
       <c r="C257" s="2">
-        <v>3157</v>
+        <v>3072</v>
       </c>
       <c r="D257" s="2">
-        <v>3315</v>
+        <v>3226</v>
       </c>
       <c r="E257" s="2">
-        <v>3647</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B258" s="2">
-        <v>2376</v>
+        <v>4927</v>
       </c>
       <c r="C258" s="2">
-        <v>2495</v>
+        <v>5173</v>
       </c>
       <c r="D258" s="2">
-        <v>2620</v>
+        <v>5432</v>
       </c>
       <c r="E258" s="2">
-        <v>2881</v>
+        <v>5975</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B259" s="2">
-        <v>2787</v>
+        <v>4662</v>
       </c>
       <c r="C259" s="2">
-        <v>2926</v>
+        <v>4895</v>
       </c>
       <c r="D259" s="2">
-        <v>3073</v>
+        <v>5140</v>
       </c>
       <c r="E259" s="2">
-        <v>3380</v>
+        <v>5654</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B260" s="2">
-        <v>4692</v>
+        <v>3492</v>
       </c>
       <c r="C260" s="2">
-        <v>4927</v>
+        <v>3667</v>
       </c>
       <c r="D260" s="2">
-        <v>5173</v>
+        <v>3850</v>
       </c>
       <c r="E260" s="2">
-        <v>5690</v>
-[...3 lines deleted...]
-      <c r="A261" s="3" t="s">
+        <v>4235</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" customHeight="1" ht="20">
+      <c r="A262" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B261" s="2">
-[...13 lines deleted...]
-      <c r="A262" s="3" t="s">
+      <c r="B262" s="1"/>
+      <c r="C262" s="1"/>
+      <c r="D262" s="1"/>
+      <c r="E262" s="1"/>
+    </row>
+    <row r="263" spans="1:5">
+      <c r="A263" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5">
+      <c r="A264" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="B262" s="2">
-[...13 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B264" s="2">
+        <v>19027</v>
+      </c>
+      <c r="C264" s="2">
+        <v>19978</v>
+      </c>
+      <c r="D264" s="2">
+        <v>20977</v>
+      </c>
+      <c r="E264" s="2">
+        <v>23075</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5">
+      <c r="A265" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B264" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B265" s="2">
+        <v>23340</v>
+      </c>
+      <c r="C265" s="2">
+        <v>24507</v>
+      </c>
+      <c r="D265" s="2">
+        <v>25732</v>
+      </c>
+      <c r="E265" s="2">
+        <v>28306</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B266" s="2">
-        <v>18121</v>
+        <v>27800</v>
       </c>
       <c r="C266" s="2">
-        <v>19027</v>
+        <v>29190</v>
       </c>
       <c r="D266" s="2">
-        <v>19978</v>
+        <v>30650</v>
       </c>
       <c r="E266" s="2">
-        <v>21976</v>
-[...3 lines deleted...]
-      <c r="A267" s="3" t="s">
+        <v>33714</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" customHeight="1" ht="20">
+      <c r="A268" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B267" s="2">
-[...13 lines deleted...]
-      <c r="A268" s="3" t="s">
+      <c r="B268" s="1"/>
+      <c r="C268" s="1"/>
+      <c r="D268" s="1"/>
+      <c r="E268" s="1"/>
+    </row>
+    <row r="269" spans="1:5">
+      <c r="A269" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5">
+      <c r="A270" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B268" s="2">
-[...13 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B270" s="2">
+        <v>7148</v>
+      </c>
+      <c r="C270" s="2">
+        <v>7505</v>
+      </c>
+      <c r="D270" s="2">
+        <v>7881</v>
+      </c>
+      <c r="E270" s="2">
+        <v>8669</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5">
+      <c r="A271" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B270" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B271" s="2">
+        <v>7643</v>
+      </c>
+      <c r="C271" s="2">
+        <v>8025</v>
+      </c>
+      <c r="D271" s="2">
+        <v>8426</v>
+      </c>
+      <c r="E271" s="2">
+        <v>9269</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B272" s="2">
-        <v>6808</v>
+        <v>9912</v>
       </c>
       <c r="C272" s="2">
-        <v>7148</v>
+        <v>10408</v>
       </c>
       <c r="D272" s="2">
-        <v>7506</v>
+        <v>10928</v>
       </c>
       <c r="E272" s="2">
-        <v>8256</v>
+        <v>12021</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B273" s="2">
-        <v>7279</v>
+        <v>12372</v>
       </c>
       <c r="C273" s="2">
-        <v>7643</v>
+        <v>12991</v>
       </c>
       <c r="D273" s="2">
-        <v>8025</v>
+        <v>13640</v>
       </c>
       <c r="E273" s="2">
-        <v>8828</v>
+        <v>15004</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B274" s="2">
-        <v>9440</v>
+        <v>23956</v>
       </c>
       <c r="C274" s="2">
-        <v>9912</v>
+        <v>25154</v>
       </c>
       <c r="D274" s="2">
-        <v>10408</v>
+        <v>26411</v>
       </c>
       <c r="E274" s="2">
-        <v>11448</v>
+        <v>29053</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B275" s="2">
-        <v>11783</v>
+        <v>17028</v>
       </c>
       <c r="C275" s="2">
-        <v>12372</v>
+        <v>17879</v>
       </c>
       <c r="D275" s="2">
-        <v>12991</v>
+        <v>18773</v>
       </c>
       <c r="E275" s="2">
-        <v>14290</v>
+        <v>20651</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B276" s="2">
-        <v>22815</v>
+        <v>20283</v>
       </c>
       <c r="C276" s="2">
-        <v>23956</v>
+        <v>21297</v>
       </c>
       <c r="D276" s="2">
-        <v>25154</v>
+        <v>22362</v>
       </c>
       <c r="E276" s="2">
-        <v>27669</v>
+        <v>24598</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B277" s="2">
-        <v>16217</v>
+        <v>4330</v>
       </c>
       <c r="C277" s="2">
-        <v>17028</v>
+        <v>4547</v>
       </c>
       <c r="D277" s="2">
-        <v>17879</v>
+        <v>4774</v>
       </c>
       <c r="E277" s="2">
-        <v>19667</v>
-[...3 lines deleted...]
-      <c r="A278" s="3" t="s">
+        <v>5251</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" customHeight="1" ht="20">
+      <c r="A279" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B278" s="2">
-[...13 lines deleted...]
-      <c r="A279" s="3" t="s">
+      <c r="B279" s="1"/>
+      <c r="C279" s="1"/>
+      <c r="D279" s="1"/>
+      <c r="E279" s="1"/>
+    </row>
+    <row r="280" spans="1:5">
+      <c r="A280" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5">
+      <c r="A281" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B279" s="2">
-[...13 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="B281" s="2">
+        <v>7121</v>
+      </c>
+      <c r="C281" s="2">
+        <v>7477</v>
+      </c>
+      <c r="D281" s="2">
+        <v>7851</v>
+      </c>
+      <c r="E281" s="2">
+        <v>8636</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5">
+      <c r="A282" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B281" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B282" s="2">
+        <v>7377</v>
+      </c>
+      <c r="C282" s="2">
+        <v>7746</v>
+      </c>
+      <c r="D282" s="2">
+        <v>8133</v>
+      </c>
+      <c r="E282" s="2">
+        <v>8946</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B283" s="2">
-        <v>6782</v>
+        <v>8838</v>
       </c>
       <c r="C283" s="2">
-        <v>7121</v>
+        <v>9280</v>
       </c>
       <c r="D283" s="2">
-        <v>7477</v>
+        <v>9744</v>
       </c>
       <c r="E283" s="2">
-        <v>8225</v>
+        <v>10718</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B284" s="2">
-        <v>7026</v>
+        <v>9087</v>
       </c>
       <c r="C284" s="2">
-        <v>7377</v>
+        <v>9541</v>
       </c>
       <c r="D284" s="2">
-        <v>7746</v>
+        <v>10018</v>
       </c>
       <c r="E284" s="2">
-        <v>8521</v>
+        <v>11020</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B285" s="2">
-        <v>8417</v>
+        <v>9406</v>
       </c>
       <c r="C285" s="2">
-        <v>8838</v>
+        <v>9876</v>
       </c>
       <c r="D285" s="2">
-        <v>9280</v>
+        <v>10370</v>
       </c>
       <c r="E285" s="2">
-        <v>10208</v>
-[...3 lines deleted...]
-      <c r="A286" s="3" t="s">
+        <v>11407</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" customHeight="1" ht="20">
+      <c r="A287" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B286" s="2">
-[...13 lines deleted...]
-      <c r="A287" s="3" t="s">
+      <c r="B287" s="1"/>
+      <c r="C287" s="1"/>
+      <c r="D287" s="1"/>
+      <c r="E287" s="1"/>
+    </row>
+    <row r="288" spans="1:5">
+      <c r="A288" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5">
+      <c r="A289" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B287" s="2">
-[...13 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="B289" s="2">
+        <v>6248</v>
+      </c>
+      <c r="C289" s="2">
+        <v>6560</v>
+      </c>
+      <c r="D289" s="2">
+        <v>6888</v>
+      </c>
+      <c r="E289" s="2">
+        <v>7577</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5">
+      <c r="A290" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B289" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B290" s="2">
+        <v>7542</v>
+      </c>
+      <c r="C290" s="2">
+        <v>7919</v>
+      </c>
+      <c r="D290" s="2">
+        <v>8315</v>
+      </c>
+      <c r="E290" s="2">
+        <v>9147</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B291" s="2">
-        <v>5950</v>
+        <v>7989</v>
       </c>
       <c r="C291" s="2">
-        <v>6248</v>
+        <v>8388</v>
       </c>
       <c r="D291" s="2">
-        <v>6560</v>
+        <v>8808</v>
       </c>
       <c r="E291" s="2">
-        <v>7216</v>
+        <v>9689</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B292" s="2">
-        <v>7183</v>
+        <v>10151</v>
       </c>
       <c r="C292" s="2">
-        <v>7542</v>
+        <v>10659</v>
       </c>
       <c r="D292" s="2">
-        <v>7919</v>
+        <v>11191</v>
       </c>
       <c r="E292" s="2">
-        <v>8711</v>
+        <v>12311</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B293" s="2">
-        <v>7609</v>
+        <v>8466</v>
       </c>
       <c r="C293" s="2">
-        <v>7989</v>
+        <v>8889</v>
       </c>
       <c r="D293" s="2">
-        <v>8389</v>
+        <v>9334</v>
       </c>
       <c r="E293" s="2">
-        <v>9228</v>
+        <v>10267</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B294" s="2">
-        <v>9668</v>
+        <v>10191</v>
       </c>
       <c r="C294" s="2">
-        <v>10151</v>
+        <v>10701</v>
       </c>
       <c r="D294" s="2">
-        <v>10659</v>
+        <v>11236</v>
       </c>
       <c r="E294" s="2">
-        <v>11725</v>
+        <v>12359</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B295" s="2">
-        <v>8063</v>
+        <v>8031</v>
       </c>
       <c r="C295" s="2">
-        <v>8466</v>
+        <v>8433</v>
       </c>
       <c r="D295" s="2">
-        <v>8889</v>
+        <v>8854</v>
       </c>
       <c r="E295" s="2">
-        <v>9778</v>
+        <v>9740</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B296" s="2">
-        <v>9706</v>
+        <v>10671</v>
       </c>
       <c r="C296" s="2">
-        <v>10191</v>
+        <v>11205</v>
       </c>
       <c r="D296" s="2">
-        <v>10701</v>
+        <v>11765</v>
       </c>
       <c r="E296" s="2">
-        <v>11771</v>
+        <v>12941</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B297" s="2">
-        <v>7649</v>
+        <v>13446</v>
       </c>
       <c r="C297" s="2">
-        <v>8031</v>
+        <v>14118</v>
       </c>
       <c r="D297" s="2">
-        <v>8433</v>
+        <v>14824</v>
       </c>
       <c r="E297" s="2">
-        <v>9276</v>
+        <v>16307</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B298" s="2">
-        <v>10163</v>
+        <v>10121</v>
       </c>
       <c r="C298" s="2">
-        <v>10671</v>
+        <v>10627</v>
       </c>
       <c r="D298" s="2">
-        <v>11205</v>
+        <v>11158</v>
       </c>
       <c r="E298" s="2">
-        <v>12325</v>
+        <v>12274</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B299" s="2">
-        <v>12806</v>
+        <v>11773</v>
       </c>
       <c r="C299" s="2">
-        <v>13446</v>
+        <v>12362</v>
       </c>
       <c r="D299" s="2">
-        <v>14119</v>
+        <v>12980</v>
       </c>
       <c r="E299" s="2">
-        <v>15530</v>
+        <v>14278</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B300" s="2">
-        <v>9639</v>
+        <v>2106</v>
       </c>
       <c r="C300" s="2">
-        <v>10121</v>
+        <v>2211</v>
       </c>
       <c r="D300" s="2">
-        <v>10627</v>
+        <v>2322</v>
       </c>
       <c r="E300" s="2">
-        <v>11690</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B301" s="2">
-        <v>11212</v>
+        <v>2144</v>
       </c>
       <c r="C301" s="2">
-        <v>11773</v>
+        <v>2251</v>
       </c>
       <c r="D301" s="2">
-        <v>12361</v>
+        <v>2364</v>
       </c>
       <c r="E301" s="2">
-        <v>13597</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B302" s="2">
-        <v>2006</v>
+        <v>2412</v>
       </c>
       <c r="C302" s="2">
-        <v>2106</v>
+        <v>2533</v>
       </c>
       <c r="D302" s="2">
-        <v>2212</v>
+        <v>2659</v>
       </c>
       <c r="E302" s="2">
-        <v>2433</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B303" s="2">
-        <v>2042</v>
+        <v>22293</v>
       </c>
       <c r="C303" s="2">
-        <v>2144</v>
+        <v>23408</v>
       </c>
       <c r="D303" s="2">
-        <v>2251</v>
+        <v>24578</v>
       </c>
       <c r="E303" s="2">
-        <v>2476</v>
+        <v>27036</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B304" s="2">
-        <v>2297</v>
+        <v>22910</v>
       </c>
       <c r="C304" s="2">
-        <v>2412</v>
+        <v>24056</v>
       </c>
       <c r="D304" s="2">
-        <v>2532</v>
+        <v>25258</v>
       </c>
       <c r="E304" s="2">
-        <v>2786</v>
+        <v>27784</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B305" s="2">
-        <v>21231</v>
+        <v>2955</v>
       </c>
       <c r="C305" s="2">
-        <v>22293</v>
+        <v>3103</v>
       </c>
       <c r="D305" s="2">
-        <v>23407</v>
+        <v>3258</v>
       </c>
       <c r="E305" s="2">
-        <v>25748</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B306" s="2">
-        <v>21819</v>
+        <v>2863</v>
       </c>
       <c r="C306" s="2">
-        <v>22910</v>
+        <v>3006</v>
       </c>
       <c r="D306" s="2">
-        <v>24055</v>
+        <v>3156</v>
       </c>
       <c r="E306" s="2">
-        <v>26461</v>
-[...3 lines deleted...]
-      <c r="A307" s="3" t="s">
+        <v>3472</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" customHeight="1" ht="20">
+      <c r="A308" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="B307" s="2">
-[...13 lines deleted...]
-      <c r="A308" s="3" t="s">
+      <c r="B308" s="1"/>
+      <c r="C308" s="1"/>
+      <c r="D308" s="1"/>
+      <c r="E308" s="1"/>
+    </row>
+    <row r="309" spans="1:5">
+      <c r="A309" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5">
+      <c r="A310" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B308" s="2">
-[...13 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="B310" s="2">
+        <v>9445</v>
+      </c>
+      <c r="C310" s="2">
+        <v>9917</v>
+      </c>
+      <c r="D310" s="2">
+        <v>10413</v>
+      </c>
+      <c r="E310" s="2">
+        <v>11454</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5">
+      <c r="A311" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B310" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B311" s="2">
+        <v>12729</v>
+      </c>
+      <c r="C311" s="2">
+        <v>13365</v>
+      </c>
+      <c r="D311" s="2">
+        <v>14034</v>
+      </c>
+      <c r="E311" s="2">
+        <v>15437</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B312" s="2">
-        <v>8995</v>
+        <v>16401</v>
       </c>
       <c r="C312" s="2">
-        <v>9445</v>
+        <v>17221</v>
       </c>
       <c r="D312" s="2">
-        <v>9917</v>
+        <v>18082</v>
       </c>
       <c r="E312" s="2">
-        <v>10909</v>
+        <v>19890</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B313" s="2">
-        <v>12123</v>
+        <v>14746</v>
       </c>
       <c r="C313" s="2">
-        <v>12729</v>
+        <v>15483</v>
       </c>
       <c r="D313" s="2">
-        <v>13366</v>
+        <v>16257</v>
       </c>
       <c r="E313" s="2">
-        <v>14702</v>
+        <v>17883</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B314" s="2">
-        <v>15620</v>
+        <v>12875</v>
       </c>
       <c r="C314" s="2">
-        <v>16401</v>
+        <v>13519</v>
       </c>
       <c r="D314" s="2">
-        <v>17221</v>
+        <v>14195</v>
       </c>
       <c r="E314" s="2">
-        <v>18943</v>
+        <v>15614</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B315" s="2">
-        <v>14044</v>
+        <v>17603</v>
       </c>
       <c r="C315" s="2">
-        <v>14746</v>
+        <v>18483</v>
       </c>
       <c r="D315" s="2">
-        <v>15484</v>
+        <v>19407</v>
       </c>
       <c r="E315" s="2">
-        <v>17032</v>
+        <v>21348</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B316" s="2">
-        <v>12262</v>
+        <v>14781</v>
       </c>
       <c r="C316" s="2">
-        <v>12875</v>
+        <v>15520</v>
       </c>
       <c r="D316" s="2">
-        <v>13519</v>
+        <v>16296</v>
       </c>
       <c r="E316" s="2">
-        <v>14871</v>
+        <v>17926</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B317" s="2">
-        <v>16765</v>
+        <v>19578</v>
       </c>
       <c r="C317" s="2">
-        <v>17603</v>
+        <v>20557</v>
       </c>
       <c r="D317" s="2">
-        <v>18483</v>
+        <v>21585</v>
       </c>
       <c r="E317" s="2">
-        <v>20332</v>
+        <v>23743</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B318" s="2">
-        <v>14077</v>
+        <v>37648</v>
       </c>
       <c r="C318" s="2">
-        <v>14781</v>
+        <v>39530</v>
       </c>
       <c r="D318" s="2">
-        <v>15520</v>
+        <v>41507</v>
       </c>
       <c r="E318" s="2">
-        <v>17072</v>
+        <v>45658</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B319" s="2">
-        <v>18646</v>
+        <v>78098</v>
       </c>
       <c r="C319" s="2">
-        <v>19578</v>
+        <v>82003</v>
       </c>
       <c r="D319" s="2">
-        <v>20557</v>
+        <v>86103</v>
       </c>
       <c r="E319" s="2">
-        <v>22613</v>
+        <v>94713</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B320" s="2">
-        <v>35854</v>
+        <v>8475</v>
       </c>
       <c r="C320" s="2">
-        <v>37647</v>
+        <v>8899</v>
       </c>
       <c r="D320" s="2">
-        <v>39529</v>
+        <v>9344</v>
       </c>
       <c r="E320" s="2">
-        <v>43482</v>
+        <v>10278</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B321" s="2">
-        <v>74379</v>
+        <v>56471</v>
       </c>
       <c r="C321" s="2">
-        <v>78098</v>
+        <v>59295</v>
       </c>
       <c r="D321" s="2">
-        <v>82003</v>
+        <v>62259</v>
       </c>
       <c r="E321" s="2">
-        <v>90203</v>
+        <v>68485</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B322" s="2">
-        <v>8071</v>
+        <v>13748</v>
       </c>
       <c r="C322" s="2">
-        <v>8475</v>
+        <v>14435</v>
       </c>
       <c r="D322" s="2">
-        <v>8898</v>
+        <v>15157</v>
       </c>
       <c r="E322" s="2">
-        <v>9788</v>
+        <v>16673</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B323" s="2">
-        <v>53782</v>
+        <v>11522</v>
       </c>
       <c r="C323" s="2">
-        <v>56471</v>
+        <v>12098</v>
       </c>
       <c r="D323" s="2">
-        <v>59295</v>
+        <v>12703</v>
       </c>
       <c r="E323" s="2">
-        <v>65224</v>
+        <v>13973</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B324" s="2">
-        <v>10972</v>
+        <v>43223</v>
       </c>
       <c r="C324" s="2">
-        <v>11521</v>
+        <v>45384</v>
       </c>
       <c r="D324" s="2">
-        <v>12097</v>
+        <v>47653</v>
       </c>
       <c r="E324" s="2">
-        <v>13306</v>
+        <v>52419</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B325" s="2">
-        <v>13093</v>
+        <v>11212</v>
       </c>
       <c r="C325" s="2">
-        <v>13748</v>
+        <v>11773</v>
       </c>
       <c r="D325" s="2">
-        <v>14435</v>
+        <v>12361</v>
       </c>
       <c r="E325" s="2">
-        <v>15879</v>
+        <v>13597</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B326" s="2">
-        <v>41165</v>
+        <v>22985</v>
       </c>
       <c r="C326" s="2">
-        <v>43223</v>
+        <v>24134</v>
       </c>
       <c r="D326" s="2">
-        <v>45384</v>
+        <v>25341</v>
       </c>
       <c r="E326" s="2">
-        <v>49923</v>
-[...3 lines deleted...]
-      <c r="A327" s="3" t="s">
+        <v>27875</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" customHeight="1" ht="20">
+      <c r="A328" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B327" s="2">
-[...13 lines deleted...]
-      <c r="A328" s="3" t="s">
+      <c r="B328" s="1"/>
+      <c r="C328" s="1"/>
+      <c r="D328" s="1"/>
+      <c r="E328" s="1"/>
+    </row>
+    <row r="329" spans="1:5">
+      <c r="A329" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5">
+      <c r="A330" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B328" s="2">
-[...13 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B330" s="2">
+        <v>20050</v>
+      </c>
+      <c r="C330" s="2">
+        <v>21053</v>
+      </c>
+      <c r="D330" s="2">
+        <v>22105</v>
+      </c>
+      <c r="E330" s="2">
+        <v>24316</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5">
+      <c r="A331" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B330" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B331" s="2">
+        <v>20930</v>
+      </c>
+      <c r="C331" s="2">
+        <v>21977</v>
+      </c>
+      <c r="D331" s="2">
+        <v>23075</v>
+      </c>
+      <c r="E331" s="2">
+        <v>25383</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B332" s="2">
-        <v>19095</v>
+        <v>37906</v>
       </c>
       <c r="C332" s="2">
-        <v>20050</v>
+        <v>39801</v>
       </c>
       <c r="D332" s="2">
-        <v>21052</v>
+        <v>41791</v>
       </c>
       <c r="E332" s="2">
-        <v>23157</v>
+        <v>45971</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B333" s="2">
-        <v>19933</v>
+        <v>66956</v>
       </c>
       <c r="C333" s="2">
-        <v>20930</v>
+        <v>70304</v>
       </c>
       <c r="D333" s="2">
-        <v>21976</v>
+        <v>73819</v>
       </c>
       <c r="E333" s="2">
-        <v>24174</v>
+        <v>81201</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B334" s="2">
-        <v>36101</v>
+        <v>75569</v>
       </c>
       <c r="C334" s="2">
-        <v>37906</v>
+        <v>79347</v>
       </c>
       <c r="D334" s="2">
-        <v>39801</v>
+        <v>83315</v>
       </c>
       <c r="E334" s="2">
-        <v>43781</v>
-[...3 lines deleted...]
-      <c r="A335" s="3" t="s">
+        <v>91646</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" customHeight="1" ht="20">
+      <c r="A336" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B335" s="2">
-[...13 lines deleted...]
-      <c r="A336" s="3" t="s">
+      <c r="B336" s="1"/>
+      <c r="C336" s="1"/>
+      <c r="D336" s="1"/>
+      <c r="E336" s="1"/>
+    </row>
+    <row r="337" spans="1:5">
+      <c r="A337" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5">
+      <c r="A338" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B336" s="2">
-[...13 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="B338" s="2">
+        <v>8820</v>
+      </c>
+      <c r="C338" s="2">
+        <v>9261</v>
+      </c>
+      <c r="D338" s="2">
+        <v>9724</v>
+      </c>
+      <c r="E338" s="2">
+        <v>10696</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5">
+      <c r="A339" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B338" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B339" s="2">
+        <v>14278</v>
+      </c>
+      <c r="C339" s="2">
+        <v>14992</v>
+      </c>
+      <c r="D339" s="2">
+        <v>15741</v>
+      </c>
+      <c r="E339" s="2">
+        <v>17316</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B340" s="2">
-        <v>8400</v>
+        <v>12180</v>
       </c>
       <c r="C340" s="2">
-        <v>8820</v>
+        <v>12789</v>
       </c>
       <c r="D340" s="2">
-        <v>9261</v>
+        <v>13428</v>
       </c>
       <c r="E340" s="2">
-        <v>10187</v>
+        <v>14771</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B341" s="2">
-        <v>13598</v>
+        <v>22259</v>
       </c>
       <c r="C341" s="2">
-        <v>14278</v>
+        <v>23372</v>
       </c>
       <c r="D341" s="2">
-        <v>14992</v>
+        <v>24541</v>
       </c>
       <c r="E341" s="2">
-        <v>16491</v>
+        <v>26995</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B342" s="2">
-        <v>11600</v>
+        <v>16752</v>
       </c>
       <c r="C342" s="2">
-        <v>12180</v>
+        <v>17590</v>
       </c>
       <c r="D342" s="2">
-        <v>12789</v>
+        <v>18469</v>
       </c>
       <c r="E342" s="2">
-        <v>14068</v>
-[...3 lines deleted...]
-      <c r="A343" s="3" t="s">
+        <v>20316</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" customHeight="1" ht="20">
+      <c r="A344" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B343" s="2">
-[...13 lines deleted...]
-      <c r="A344" s="3" t="s">
+      <c r="B344" s="1"/>
+      <c r="C344" s="1"/>
+      <c r="D344" s="1"/>
+      <c r="E344" s="1"/>
+    </row>
+    <row r="345" spans="1:5">
+      <c r="A345" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5">
+      <c r="A346" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B344" s="2">
-[...13 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="B346" s="2">
+        <v>5190</v>
+      </c>
+      <c r="C346" s="2">
+        <v>5450</v>
+      </c>
+      <c r="D346" s="2">
+        <v>5722</v>
+      </c>
+      <c r="E346" s="2">
+        <v>6294</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5">
+      <c r="A347" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B346" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B347" s="2">
+        <v>5795</v>
+      </c>
+      <c r="C347" s="2">
+        <v>6085</v>
+      </c>
+      <c r="D347" s="2">
+        <v>6389</v>
+      </c>
+      <c r="E347" s="2">
+        <v>7028</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B348" s="2">
-        <v>4943</v>
+        <v>6351</v>
       </c>
       <c r="C348" s="2">
-        <v>5190</v>
+        <v>6669</v>
       </c>
       <c r="D348" s="2">
-        <v>5450</v>
+        <v>7002</v>
       </c>
       <c r="E348" s="2">
-        <v>5995</v>
+        <v>7702</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B349" s="2">
-        <v>5519</v>
+        <v>7165</v>
       </c>
       <c r="C349" s="2">
-        <v>5795</v>
+        <v>7523</v>
       </c>
       <c r="D349" s="2">
-        <v>6085</v>
+        <v>7899</v>
       </c>
       <c r="E349" s="2">
-        <v>6693</v>
+        <v>8689</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B350" s="2">
-        <v>6049</v>
+        <v>5972</v>
       </c>
       <c r="C350" s="2">
-        <v>6351</v>
+        <v>6271</v>
       </c>
       <c r="D350" s="2">
-        <v>6669</v>
+        <v>6584</v>
       </c>
       <c r="E350" s="2">
-        <v>7336</v>
+        <v>7243</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B351" s="2">
-        <v>6824</v>
+        <v>6718</v>
       </c>
       <c r="C351" s="2">
-        <v>7165</v>
+        <v>7054</v>
       </c>
       <c r="D351" s="2">
-        <v>7523</v>
+        <v>7407</v>
       </c>
       <c r="E351" s="2">
-        <v>8276</v>
+        <v>8147</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B352" s="2">
-        <v>5688</v>
+        <v>7415</v>
       </c>
       <c r="C352" s="2">
-        <v>5972</v>
+        <v>7786</v>
       </c>
       <c r="D352" s="2">
-        <v>6271</v>
+        <v>8175</v>
       </c>
       <c r="E352" s="2">
-        <v>6898</v>
+        <v>8993</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B353" s="2">
-        <v>6398</v>
+        <v>8434</v>
       </c>
       <c r="C353" s="2">
-        <v>6718</v>
+        <v>8856</v>
       </c>
       <c r="D353" s="2">
-        <v>7054</v>
+        <v>9298</v>
       </c>
       <c r="E353" s="2">
-        <v>7759</v>
+        <v>10228</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B354" s="2">
-        <v>7062</v>
+        <v>6742</v>
       </c>
       <c r="C354" s="2">
-        <v>7415</v>
+        <v>7079</v>
       </c>
       <c r="D354" s="2">
-        <v>7786</v>
+        <v>7433</v>
       </c>
       <c r="E354" s="2">
-        <v>8564</v>
+        <v>8176</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B355" s="2">
-        <v>8032</v>
+        <v>7638</v>
       </c>
       <c r="C355" s="2">
-        <v>8434</v>
+        <v>8020</v>
       </c>
       <c r="D355" s="2">
-        <v>8855</v>
+        <v>8421</v>
       </c>
       <c r="E355" s="2">
-        <v>9741</v>
+        <v>9263</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B356" s="2">
-        <v>6421</v>
+        <v>8478</v>
       </c>
       <c r="C356" s="2">
-        <v>6742</v>
+        <v>8902</v>
       </c>
       <c r="D356" s="2">
-        <v>7079</v>
+        <v>9347</v>
       </c>
       <c r="E356" s="2">
-        <v>7787</v>
+        <v>10282</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B357" s="2">
-        <v>7274</v>
+        <v>9701</v>
       </c>
       <c r="C357" s="2">
-        <v>7638</v>
+        <v>10186</v>
       </c>
       <c r="D357" s="2">
-        <v>8020</v>
+        <v>10695</v>
       </c>
       <c r="E357" s="2">
-        <v>8822</v>
+        <v>11765</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B358" s="2">
-        <v>8074</v>
+        <v>546</v>
       </c>
       <c r="C358" s="2">
-        <v>8478</v>
+        <v>573</v>
       </c>
       <c r="D358" s="2">
-        <v>8902</v>
+        <v>602</v>
       </c>
       <c r="E358" s="2">
-        <v>9792</v>
+        <v>662</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B359" s="2">
-        <v>9239</v>
+        <v>634</v>
       </c>
       <c r="C359" s="2">
-        <v>9701</v>
+        <v>666</v>
       </c>
       <c r="D359" s="2">
-        <v>10186</v>
+        <v>699</v>
       </c>
       <c r="E359" s="2">
-        <v>11205</v>
+        <v>769</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B360" s="2">
-        <v>520</v>
+        <v>774</v>
       </c>
       <c r="C360" s="2">
-        <v>546</v>
+        <v>813</v>
       </c>
       <c r="D360" s="2">
-        <v>573</v>
+        <v>853</v>
       </c>
       <c r="E360" s="2">
-        <v>631</v>
+        <v>939</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B361" s="2">
-        <v>604</v>
+        <v>920</v>
       </c>
       <c r="C361" s="2">
-        <v>634</v>
+        <v>966</v>
       </c>
       <c r="D361" s="2">
-        <v>666</v>
+        <v>1014</v>
       </c>
       <c r="E361" s="2">
-        <v>733</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B362" s="2">
-        <v>737</v>
+        <v>1061</v>
       </c>
       <c r="C362" s="2">
-        <v>774</v>
+        <v>1114</v>
       </c>
       <c r="D362" s="2">
-        <v>813</v>
+        <v>1170</v>
       </c>
       <c r="E362" s="2">
-        <v>894</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B363" s="2">
-        <v>876</v>
+        <v>1272</v>
       </c>
       <c r="C363" s="2">
-        <v>920</v>
+        <v>1336</v>
       </c>
       <c r="D363" s="2">
-        <v>966</v>
+        <v>1402</v>
       </c>
       <c r="E363" s="2">
-        <v>1062</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B364" s="2">
-        <v>1010</v>
+        <v>62</v>
       </c>
       <c r="C364" s="2">
-        <v>1061</v>
+        <v>65</v>
       </c>
       <c r="D364" s="2">
-        <v>1114</v>
+        <v>68</v>
       </c>
       <c r="E364" s="2">
-        <v>1225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B365" s="2">
-        <v>1211</v>
+        <v>77</v>
       </c>
       <c r="C365" s="2">
-        <v>1272</v>
+        <v>81</v>
       </c>
       <c r="D365" s="2">
-        <v>1335</v>
+        <v>85</v>
       </c>
       <c r="E365" s="2">
-        <v>1469</v>
+        <v>93</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B366" s="2">
-        <v>59</v>
+        <v>131</v>
       </c>
       <c r="C366" s="2">
-        <v>62</v>
+        <v>138</v>
       </c>
       <c r="D366" s="2">
-        <v>65</v>
+        <v>144</v>
       </c>
       <c r="E366" s="2">
-        <v>72</v>
+        <v>159</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B367" s="2">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="C367" s="2">
-        <v>77</v>
+        <v>119</v>
       </c>
       <c r="D367" s="2">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="E367" s="2">
-        <v>89</v>
+        <v>137</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B368" s="2">
-        <v>125</v>
+        <v>201</v>
       </c>
       <c r="C368" s="2">
-        <v>131</v>
+        <v>211</v>
       </c>
       <c r="D368" s="2">
-        <v>138</v>
+        <v>222</v>
       </c>
       <c r="E368" s="2">
-        <v>152</v>
+        <v>244</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B369" s="2">
-        <v>108</v>
+        <v>139</v>
       </c>
       <c r="C369" s="2">
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="D369" s="2">
-        <v>119</v>
+        <v>153</v>
       </c>
       <c r="E369" s="2">
-        <v>131</v>
+        <v>169</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B370" s="2">
-        <v>191</v>
+        <v>420</v>
       </c>
       <c r="C370" s="2">
-        <v>201</v>
+        <v>441</v>
       </c>
       <c r="D370" s="2">
-        <v>211</v>
+        <v>463</v>
       </c>
       <c r="E370" s="2">
-        <v>232</v>
+        <v>509</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B371" s="2">
-        <v>132</v>
+        <v>354</v>
       </c>
       <c r="C371" s="2">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="D371" s="2">
-        <v>146</v>
+        <v>390</v>
       </c>
       <c r="E371" s="2">
-        <v>160</v>
+        <v>429</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B372" s="2">
-        <v>400</v>
+        <v>273</v>
       </c>
       <c r="C372" s="2">
-        <v>420</v>
+        <v>287</v>
       </c>
       <c r="D372" s="2">
-        <v>441</v>
+        <v>301</v>
       </c>
       <c r="E372" s="2">
-        <v>485</v>
+        <v>331</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B373" s="2">
-        <v>337</v>
+        <v>189</v>
       </c>
       <c r="C373" s="2">
-        <v>354</v>
+        <v>198</v>
       </c>
       <c r="D373" s="2">
-        <v>372</v>
+        <v>208</v>
       </c>
       <c r="E373" s="2">
-        <v>409</v>
+        <v>229</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B374" s="2">
-        <v>260</v>
+        <v>162</v>
       </c>
       <c r="C374" s="2">
-        <v>273</v>
+        <v>170</v>
       </c>
       <c r="D374" s="2">
-        <v>287</v>
+        <v>179</v>
       </c>
       <c r="E374" s="2">
-        <v>315</v>
+        <v>196</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B375" s="2">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="C375" s="2">
-        <v>189</v>
+        <v>53</v>
       </c>
       <c r="D375" s="2">
-        <v>198</v>
+        <v>55</v>
       </c>
       <c r="E375" s="2">
-        <v>218</v>
+        <v>61</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B376" s="2">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="C376" s="2">
-        <v>162</v>
+        <v>53</v>
       </c>
       <c r="D376" s="2">
-        <v>170</v>
+        <v>55</v>
       </c>
       <c r="E376" s="2">
-        <v>187</v>
+        <v>61</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B377" s="2">
-        <v>48</v>
+        <v>24206</v>
       </c>
       <c r="C377" s="2">
-        <v>50</v>
+        <v>25416</v>
       </c>
       <c r="D377" s="2">
-        <v>53</v>
+        <v>26687</v>
       </c>
       <c r="E377" s="2">
-        <v>58</v>
+        <v>29356</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B378" s="2">
-        <v>48</v>
+        <v>24888</v>
       </c>
       <c r="C378" s="2">
-        <v>50</v>
+        <v>26132</v>
       </c>
       <c r="D378" s="2">
-        <v>53</v>
+        <v>27439</v>
       </c>
       <c r="E378" s="2">
-        <v>58</v>
+        <v>30183</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B379" s="2">
-        <v>23053</v>
+        <v>25492</v>
       </c>
       <c r="C379" s="2">
-        <v>24206</v>
+        <v>26767</v>
       </c>
       <c r="D379" s="2">
-        <v>25416</v>
+        <v>28105</v>
       </c>
       <c r="E379" s="2">
-        <v>27958</v>
+        <v>30915</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B380" s="2">
-        <v>23703</v>
+        <v>26264</v>
       </c>
       <c r="C380" s="2">
-        <v>24888</v>
+        <v>27577</v>
       </c>
       <c r="D380" s="2">
-        <v>26133</v>
+        <v>28956</v>
       </c>
       <c r="E380" s="2">
-        <v>28746</v>
+        <v>31852</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B381" s="2">
-        <v>24278</v>
+        <v>30499</v>
       </c>
       <c r="C381" s="2">
-        <v>25492</v>
+        <v>32024</v>
       </c>
       <c r="D381" s="2">
-        <v>26766</v>
+        <v>33625</v>
       </c>
       <c r="E381" s="2">
-        <v>29443</v>
+        <v>36988</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B382" s="2">
-        <v>25013</v>
+        <v>31399</v>
       </c>
       <c r="C382" s="2">
-        <v>26264</v>
+        <v>32969</v>
       </c>
       <c r="D382" s="2">
-        <v>27577</v>
+        <v>34617</v>
       </c>
       <c r="E382" s="2">
-        <v>30335</v>
+        <v>38079</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B383" s="2">
-        <v>29047</v>
+        <v>32196</v>
       </c>
       <c r="C383" s="2">
-        <v>30499</v>
+        <v>33806</v>
       </c>
       <c r="D383" s="2">
-        <v>32024</v>
+        <v>35496</v>
       </c>
       <c r="E383" s="2">
-        <v>35227</v>
+        <v>39046</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B384" s="2">
-        <v>29904</v>
+        <v>33262</v>
       </c>
       <c r="C384" s="2">
-        <v>31399</v>
+        <v>34925</v>
       </c>
       <c r="D384" s="2">
-        <v>32969</v>
+        <v>36671</v>
       </c>
       <c r="E384" s="2">
-        <v>36266</v>
+        <v>40338</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B385" s="2">
-        <v>30663</v>
+        <v>33572</v>
       </c>
       <c r="C385" s="2">
-        <v>32196</v>
+        <v>35251</v>
       </c>
       <c r="D385" s="2">
-        <v>33806</v>
+        <v>37013</v>
       </c>
       <c r="E385" s="2">
-        <v>37187</v>
+        <v>40714</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B386" s="2">
-        <v>31678</v>
+        <v>34703</v>
       </c>
       <c r="C386" s="2">
-        <v>33262</v>
+        <v>36438</v>
       </c>
       <c r="D386" s="2">
-        <v>34925</v>
+        <v>38260</v>
       </c>
       <c r="E386" s="2">
-        <v>38417</v>
+        <v>42086</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B387" s="2">
-        <v>31973</v>
+        <v>35705</v>
       </c>
       <c r="C387" s="2">
-        <v>33572</v>
+        <v>37490</v>
       </c>
       <c r="D387" s="2">
-        <v>35250</v>
+        <v>39365</v>
       </c>
       <c r="E387" s="2">
-        <v>38775</v>
+        <v>43301</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B388" s="2">
-        <v>33050</v>
+        <v>36950</v>
       </c>
       <c r="C388" s="2">
-        <v>34703</v>
+        <v>38798</v>
       </c>
       <c r="D388" s="2">
-        <v>36438</v>
+        <v>40737</v>
       </c>
       <c r="E388" s="2">
-        <v>40081</v>
+        <v>44811</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B389" s="2">
-        <v>34005</v>
+        <v>4412</v>
       </c>
       <c r="C389" s="2">
-        <v>35705</v>
+        <v>4633</v>
       </c>
       <c r="D389" s="2">
-        <v>37491</v>
+        <v>4864</v>
       </c>
       <c r="E389" s="2">
-        <v>41240</v>
+        <v>5351</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B390" s="2">
-        <v>35190</v>
+        <v>4548</v>
       </c>
       <c r="C390" s="2">
-        <v>36950</v>
+        <v>4775</v>
       </c>
       <c r="D390" s="2">
-        <v>38797</v>
+        <v>5014</v>
       </c>
       <c r="E390" s="2">
-        <v>42677</v>
+        <v>5516</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B391" s="2">
-        <v>4202</v>
+        <v>4725</v>
       </c>
       <c r="C391" s="2">
-        <v>4412</v>
+        <v>4961</v>
       </c>
       <c r="D391" s="2">
-        <v>4633</v>
+        <v>5209</v>
       </c>
       <c r="E391" s="2">
-        <v>5096</v>
+        <v>5730</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B392" s="2">
-        <v>4331</v>
+        <v>4956</v>
       </c>
       <c r="C392" s="2">
-        <v>4548</v>
+        <v>5204</v>
       </c>
       <c r="D392" s="2">
-        <v>4775</v>
+        <v>5464</v>
       </c>
       <c r="E392" s="2">
-        <v>5252</v>
+        <v>6010</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B393" s="2">
-        <v>4500</v>
+        <v>4956</v>
       </c>
       <c r="C393" s="2">
-        <v>4725</v>
+        <v>5204</v>
       </c>
       <c r="D393" s="2">
-        <v>4961</v>
+        <v>5464</v>
       </c>
       <c r="E393" s="2">
-        <v>5457</v>
+        <v>6010</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B394" s="2">
-        <v>4720</v>
+        <v>5131</v>
       </c>
       <c r="C394" s="2">
-        <v>4956</v>
+        <v>5388</v>
       </c>
       <c r="D394" s="2">
-        <v>5204</v>
+        <v>5657</v>
       </c>
       <c r="E394" s="2">
-        <v>5724</v>
+        <v>6223</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B395" s="2">
-        <v>4720</v>
+        <v>5401</v>
       </c>
       <c r="C395" s="2">
-        <v>4956</v>
+        <v>5671</v>
       </c>
       <c r="D395" s="2">
-        <v>5204</v>
+        <v>5955</v>
       </c>
       <c r="E395" s="2">
-        <v>5724</v>
+        <v>6550</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B396" s="2">
-        <v>4887</v>
+        <v>5625</v>
       </c>
       <c r="C396" s="2">
-        <v>5131</v>
+        <v>5906</v>
       </c>
       <c r="D396" s="2">
-        <v>5388</v>
+        <v>6202</v>
       </c>
       <c r="E396" s="2">
-        <v>5927</v>
-[...3 lines deleted...]
-      <c r="A397" s="3" t="s">
+        <v>6822</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" customHeight="1" ht="20">
+      <c r="A398" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="B397" s="2">
-[...13 lines deleted...]
-      <c r="A398" s="3" t="s">
+      <c r="B398" s="1"/>
+      <c r="C398" s="1"/>
+      <c r="D398" s="1"/>
+      <c r="E398" s="1"/>
+    </row>
+    <row r="399" spans="1:5">
+      <c r="A399" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5">
+      <c r="A400" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="B398" s="2">
-[...13 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="B400" s="2">
+        <v>7284</v>
+      </c>
+      <c r="C400" s="2">
+        <v>7648</v>
+      </c>
+      <c r="D400" s="2">
+        <v>8031</v>
+      </c>
+      <c r="E400" s="2">
+        <v>8834</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5">
+      <c r="A401" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B400" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B401" s="2">
+        <v>6830</v>
+      </c>
+      <c r="C401" s="2">
+        <v>7172</v>
+      </c>
+      <c r="D401" s="2">
+        <v>7530</v>
+      </c>
+      <c r="E401" s="2">
+        <v>8283</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B402" s="2">
-        <v>6937</v>
+        <v>8424</v>
       </c>
       <c r="C402" s="2">
-        <v>7284</v>
+        <v>8845</v>
       </c>
       <c r="D402" s="2">
-        <v>7648</v>
+        <v>9287</v>
       </c>
       <c r="E402" s="2">
-        <v>8413</v>
+        <v>10216</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B403" s="2">
-        <v>6505</v>
+        <v>5920</v>
       </c>
       <c r="C403" s="2">
-        <v>6830</v>
+        <v>6216</v>
       </c>
       <c r="D403" s="2">
-        <v>7172</v>
+        <v>6527</v>
       </c>
       <c r="E403" s="2">
-        <v>7889</v>
+        <v>7179</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B404" s="2">
-        <v>8023</v>
+        <v>10453</v>
       </c>
       <c r="C404" s="2">
-        <v>8424</v>
+        <v>10976</v>
       </c>
       <c r="D404" s="2">
-        <v>8845</v>
+        <v>11524</v>
       </c>
       <c r="E404" s="2">
-        <v>9730</v>
+        <v>12677</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B405" s="2">
-        <v>5638</v>
+        <v>8709</v>
       </c>
       <c r="C405" s="2">
-        <v>5920</v>
+        <v>9144</v>
       </c>
       <c r="D405" s="2">
-        <v>6216</v>
+        <v>9602</v>
       </c>
       <c r="E405" s="2">
-        <v>6837</v>
+        <v>10562</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B406" s="2">
-        <v>9955</v>
+        <v>10017</v>
       </c>
       <c r="C406" s="2">
-        <v>10453</v>
+        <v>10518</v>
       </c>
       <c r="D406" s="2">
-        <v>10975</v>
+        <v>11044</v>
       </c>
       <c r="E406" s="2">
-        <v>12073</v>
+        <v>12148</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B407" s="2">
-        <v>8294</v>
+        <v>10883</v>
       </c>
       <c r="C407" s="2">
-        <v>8709</v>
+        <v>11427</v>
       </c>
       <c r="D407" s="2">
-        <v>9144</v>
+        <v>11999</v>
       </c>
       <c r="E407" s="2">
-        <v>10059</v>
-[...3 lines deleted...]
-      <c r="A408" s="3" t="s">
+        <v>13198</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" customHeight="1" ht="20">
+      <c r="A409" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B408" s="2">
-[...13 lines deleted...]
-      <c r="A409" s="3" t="s">
+      <c r="B409" s="1"/>
+      <c r="C409" s="1"/>
+      <c r="D409" s="1"/>
+      <c r="E409" s="1"/>
+    </row>
+    <row r="410" spans="1:5">
+      <c r="A410" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5">
+      <c r="A411" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B409" s="2">
-[...13 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="B411" s="2">
+        <v>4202</v>
+      </c>
+      <c r="C411" s="2">
+        <v>4412</v>
+      </c>
+      <c r="D411" s="2">
+        <v>4633</v>
+      </c>
+      <c r="E411" s="2">
+        <v>5096</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5">
+      <c r="A412" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B411" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B412" s="2">
+        <v>4202</v>
+      </c>
+      <c r="C412" s="2">
+        <v>4412</v>
+      </c>
+      <c r="D412" s="2">
+        <v>4633</v>
+      </c>
+      <c r="E412" s="2">
+        <v>5096</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B413" s="2">
-        <v>4002</v>
+        <v>5174</v>
       </c>
       <c r="C413" s="2">
-        <v>4202</v>
+        <v>5433</v>
       </c>
       <c r="D413" s="2">
-        <v>4412</v>
+        <v>5704</v>
       </c>
       <c r="E413" s="2">
-        <v>4853</v>
+        <v>6275</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B414" s="2">
-        <v>4002</v>
+        <v>5174</v>
       </c>
       <c r="C414" s="2">
-        <v>4202</v>
+        <v>5433</v>
       </c>
       <c r="D414" s="2">
-        <v>4412</v>
+        <v>5704</v>
       </c>
       <c r="E414" s="2">
-        <v>4853</v>
+        <v>6275</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B415" s="2">
-        <v>4928</v>
+        <v>5708</v>
       </c>
       <c r="C415" s="2">
-        <v>5174</v>
+        <v>5993</v>
       </c>
       <c r="D415" s="2">
-        <v>5433</v>
+        <v>6293</v>
       </c>
       <c r="E415" s="2">
-        <v>5976</v>
+        <v>6922</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B416" s="2">
-        <v>4928</v>
+        <v>7030</v>
       </c>
       <c r="C416" s="2">
-        <v>5174</v>
+        <v>7382</v>
       </c>
       <c r="D416" s="2">
-        <v>5433</v>
+        <v>7751</v>
       </c>
       <c r="E416" s="2">
-        <v>5976</v>
+        <v>8526</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B417" s="2">
-        <v>5436</v>
+        <v>8208</v>
       </c>
       <c r="C417" s="2">
-        <v>5708</v>
+        <v>8618</v>
       </c>
       <c r="D417" s="2">
-        <v>5993</v>
+        <v>9049</v>
       </c>
       <c r="E417" s="2">
-        <v>6593</v>
+        <v>9954</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B418" s="2">
-        <v>6695</v>
+        <v>11061</v>
       </c>
       <c r="C418" s="2">
-        <v>7030</v>
+        <v>11614</v>
       </c>
       <c r="D418" s="2">
-        <v>7381</v>
+        <v>12195</v>
       </c>
       <c r="E418" s="2">
-        <v>8119</v>
+        <v>13414</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B419" s="2">
-        <v>7817</v>
+        <v>4997</v>
       </c>
       <c r="C419" s="2">
-        <v>8208</v>
+        <v>5247</v>
       </c>
       <c r="D419" s="2">
-        <v>8618</v>
+        <v>5509</v>
       </c>
       <c r="E419" s="2">
-        <v>9480</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B420" s="2">
-        <v>10534</v>
+        <v>6887</v>
       </c>
       <c r="C420" s="2">
-        <v>11061</v>
+        <v>7231</v>
       </c>
       <c r="D420" s="2">
-        <v>11614</v>
+        <v>7593</v>
       </c>
       <c r="E420" s="2">
-        <v>12775</v>
+        <v>8352</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B421" s="2">
-        <v>4759</v>
+        <v>9143</v>
       </c>
       <c r="C421" s="2">
-        <v>4997</v>
+        <v>9600</v>
       </c>
       <c r="D421" s="2">
-        <v>5247</v>
+        <v>10080</v>
       </c>
       <c r="E421" s="2">
-        <v>5771</v>
+        <v>11088</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B422" s="2">
-        <v>6559</v>
+        <v>5346</v>
       </c>
       <c r="C422" s="2">
-        <v>6887</v>
+        <v>5613</v>
       </c>
       <c r="D422" s="2">
-        <v>7231</v>
+        <v>5894</v>
       </c>
       <c r="E422" s="2">
-        <v>7954</v>
+        <v>6483</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B423" s="2">
-        <v>8708</v>
+        <v>5933</v>
       </c>
       <c r="C423" s="2">
-        <v>9143</v>
+        <v>6230</v>
       </c>
       <c r="D423" s="2">
-        <v>9601</v>
+        <v>6541</v>
       </c>
       <c r="E423" s="2">
-        <v>10561</v>
+        <v>7195</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B424" s="2">
-        <v>5091</v>
+        <v>7773</v>
       </c>
       <c r="C424" s="2">
-        <v>5346</v>
+        <v>8162</v>
       </c>
       <c r="D424" s="2">
-        <v>5613</v>
+        <v>8570</v>
       </c>
       <c r="E424" s="2">
-        <v>6174</v>
+        <v>9427</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B425" s="2">
-        <v>5650</v>
+        <v>8971</v>
       </c>
       <c r="C425" s="2">
-        <v>5933</v>
+        <v>9420</v>
       </c>
       <c r="D425" s="2">
-        <v>6229</v>
+        <v>9891</v>
       </c>
       <c r="E425" s="2">
-        <v>6852</v>
+        <v>10880</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B426" s="2">
-        <v>7403</v>
+        <v>11360</v>
       </c>
       <c r="C426" s="2">
-        <v>7773</v>
+        <v>11928</v>
       </c>
       <c r="D426" s="2">
-        <v>8162</v>
+        <v>12524</v>
       </c>
       <c r="E426" s="2">
-        <v>8978</v>
+        <v>13777</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B427" s="2">
-        <v>8544</v>
+        <v>12980</v>
       </c>
       <c r="C427" s="2">
-        <v>8971</v>
+        <v>13629</v>
       </c>
       <c r="D427" s="2">
-        <v>9420</v>
+        <v>14310</v>
       </c>
       <c r="E427" s="2">
-        <v>10362</v>
+        <v>15741</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B428" s="2">
-        <v>10818</v>
+        <v>16692</v>
       </c>
       <c r="C428" s="2">
-        <v>11359</v>
+        <v>17527</v>
       </c>
       <c r="D428" s="2">
-        <v>11927</v>
+        <v>18403</v>
       </c>
       <c r="E428" s="2">
-        <v>13120</v>
+        <v>20243</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B429" s="2">
-        <v>12362</v>
+        <v>15423</v>
       </c>
       <c r="C429" s="2">
-        <v>12980</v>
+        <v>16194</v>
       </c>
       <c r="D429" s="2">
-        <v>13629</v>
+        <v>17004</v>
       </c>
       <c r="E429" s="2">
-        <v>14992</v>
+        <v>18704</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B430" s="2">
-        <v>15897</v>
+        <v>20213</v>
       </c>
       <c r="C430" s="2">
-        <v>16692</v>
+        <v>21224</v>
       </c>
       <c r="D430" s="2">
-        <v>17526</v>
+        <v>22285</v>
       </c>
       <c r="E430" s="2">
-        <v>19279</v>
+        <v>24513</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B431" s="2">
-        <v>14689</v>
+        <v>28185</v>
       </c>
       <c r="C431" s="2">
-        <v>15423</v>
+        <v>29594</v>
       </c>
       <c r="D431" s="2">
-        <v>16195</v>
+        <v>31074</v>
       </c>
       <c r="E431" s="2">
-        <v>17814</v>
+        <v>34181</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B432" s="2">
-        <v>19250</v>
+        <v>36379</v>
       </c>
       <c r="C432" s="2">
-        <v>20213</v>
+        <v>38198</v>
       </c>
       <c r="D432" s="2">
-        <v>21223</v>
+        <v>40108</v>
       </c>
       <c r="E432" s="2">
-        <v>23345</v>
+        <v>44119</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B433" s="2">
-        <v>26843</v>
+        <v>16010</v>
       </c>
       <c r="C433" s="2">
-        <v>28185</v>
+        <v>16811</v>
       </c>
       <c r="D433" s="2">
-        <v>29594</v>
+        <v>17651</v>
       </c>
       <c r="E433" s="2">
-        <v>32554</v>
+        <v>19416</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B434" s="2">
-        <v>34647</v>
+        <v>20967</v>
       </c>
       <c r="C434" s="2">
-        <v>36379</v>
+        <v>22015</v>
       </c>
       <c r="D434" s="2">
-        <v>38198</v>
+        <v>23116</v>
       </c>
       <c r="E434" s="2">
-        <v>42018</v>
+        <v>25428</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B435" s="2">
-        <v>15248</v>
+        <v>28900</v>
       </c>
       <c r="C435" s="2">
-        <v>16010</v>
+        <v>30345</v>
       </c>
       <c r="D435" s="2">
-        <v>16811</v>
+        <v>31862</v>
       </c>
       <c r="E435" s="2">
-        <v>18492</v>
+        <v>35048</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B436" s="2">
-        <v>19969</v>
+        <v>38114</v>
       </c>
       <c r="C436" s="2">
-        <v>20967</v>
+        <v>40020</v>
       </c>
       <c r="D436" s="2">
-        <v>22016</v>
+        <v>42021</v>
       </c>
       <c r="E436" s="2">
-        <v>24217</v>
+        <v>46223</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B437" s="2">
-        <v>27524</v>
+        <v>18950</v>
       </c>
       <c r="C437" s="2">
-        <v>28900</v>
+        <v>19898</v>
       </c>
       <c r="D437" s="2">
-        <v>30345</v>
+        <v>20892</v>
       </c>
       <c r="E437" s="2">
-        <v>33380</v>
+        <v>22982</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B438" s="2">
-        <v>36299</v>
+        <v>28165</v>
       </c>
       <c r="C438" s="2">
-        <v>38114</v>
+        <v>29573</v>
       </c>
       <c r="D438" s="2">
-        <v>40020</v>
+        <v>31052</v>
       </c>
       <c r="E438" s="2">
-        <v>44022</v>
+        <v>34157</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B439" s="2">
-        <v>18048</v>
+        <v>31043</v>
       </c>
       <c r="C439" s="2">
-        <v>18950</v>
+        <v>32595</v>
       </c>
       <c r="D439" s="2">
-        <v>19898</v>
+        <v>34225</v>
       </c>
       <c r="E439" s="2">
-        <v>21888</v>
+        <v>37647</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B440" s="2">
-        <v>26824</v>
+        <v>52206</v>
       </c>
       <c r="C440" s="2">
-        <v>28165</v>
+        <v>54816</v>
       </c>
       <c r="D440" s="2">
-        <v>29573</v>
+        <v>57557</v>
       </c>
       <c r="E440" s="2">
-        <v>32531</v>
+        <v>63313</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B441" s="2">
-        <v>29565</v>
+        <v>9120</v>
       </c>
       <c r="C441" s="2">
-        <v>31043</v>
+        <v>9576</v>
       </c>
       <c r="D441" s="2">
-        <v>32595</v>
+        <v>10055</v>
       </c>
       <c r="E441" s="2">
-        <v>35855</v>
+        <v>11060</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B442" s="2">
-        <v>49720</v>
+        <v>2475</v>
       </c>
       <c r="C442" s="2">
-        <v>52206</v>
+        <v>2599</v>
       </c>
       <c r="D442" s="2">
-        <v>54816</v>
+        <v>2729</v>
       </c>
       <c r="E442" s="2">
-        <v>60298</v>
-[...3 lines deleted...]
-      <c r="A443" s="3" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" customHeight="1" ht="20">
+      <c r="A444" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="B443" s="2">
-[...13 lines deleted...]
-      <c r="A444" s="3" t="s">
+      <c r="B444" s="1"/>
+      <c r="C444" s="1"/>
+      <c r="D444" s="1"/>
+      <c r="E444" s="1"/>
+    </row>
+    <row r="445" spans="1:5">
+      <c r="A445" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5">
+      <c r="A446" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B444" s="2">
-[...13 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="B446" s="2">
+        <v>79129</v>
+      </c>
+      <c r="C446" s="2">
+        <v>83085</v>
+      </c>
+      <c r="D446" s="2">
+        <v>87240</v>
+      </c>
+      <c r="E446" s="2">
+        <v>95964</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5">
+      <c r="A447" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B446" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B447" s="2">
+        <v>26190</v>
+      </c>
+      <c r="C447" s="2">
+        <v>27500</v>
+      </c>
+      <c r="D447" s="2">
+        <v>28874</v>
+      </c>
+      <c r="E447" s="2">
+        <v>31762</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B448" s="2">
-        <v>75361</v>
+        <v>33894</v>
       </c>
       <c r="C448" s="2">
-        <v>79129</v>
+        <v>35589</v>
       </c>
       <c r="D448" s="2">
-        <v>83086</v>
+        <v>37368</v>
       </c>
       <c r="E448" s="2">
-        <v>91394</v>
+        <v>41105</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B449" s="2">
-        <v>24943</v>
+        <v>29270</v>
       </c>
       <c r="C449" s="2">
-        <v>26190</v>
+        <v>30734</v>
       </c>
       <c r="D449" s="2">
-        <v>27500</v>
+        <v>32270</v>
       </c>
       <c r="E449" s="2">
-        <v>30250</v>
+        <v>35497</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B450" s="2">
-        <v>32280</v>
+        <v>27116</v>
       </c>
       <c r="C450" s="2">
-        <v>33894</v>
+        <v>28472</v>
       </c>
       <c r="D450" s="2">
-        <v>35589</v>
+        <v>29895</v>
       </c>
       <c r="E450" s="2">
-        <v>39148</v>
+        <v>32885</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B451" s="2">
-        <v>27876</v>
+        <v>24033</v>
       </c>
       <c r="C451" s="2">
-        <v>29270</v>
+        <v>25235</v>
       </c>
       <c r="D451" s="2">
-        <v>30733</v>
+        <v>26496</v>
       </c>
       <c r="E451" s="2">
-        <v>33807</v>
+        <v>29146</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B452" s="2">
-        <v>25825</v>
+        <v>16795</v>
       </c>
       <c r="C452" s="2">
-        <v>27116</v>
+        <v>17635</v>
       </c>
       <c r="D452" s="2">
-        <v>28472</v>
+        <v>18516</v>
       </c>
       <c r="E452" s="2">
-        <v>31319</v>
+        <v>20368</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B453" s="2">
-        <v>22889</v>
+        <v>18027</v>
       </c>
       <c r="C453" s="2">
-        <v>24033</v>
+        <v>18928</v>
       </c>
       <c r="D453" s="2">
-        <v>25235</v>
+        <v>19875</v>
       </c>
       <c r="E453" s="2">
-        <v>27759</v>
+        <v>21862</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B454" s="2">
-        <v>15995</v>
+        <v>22888</v>
       </c>
       <c r="C454" s="2">
-        <v>16795</v>
+        <v>24032</v>
       </c>
       <c r="D454" s="2">
-        <v>17634</v>
+        <v>25234</v>
       </c>
       <c r="E454" s="2">
-        <v>19398</v>
+        <v>27757</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B455" s="2">
-        <v>17169</v>
+        <v>20227</v>
       </c>
       <c r="C455" s="2">
-        <v>18027</v>
+        <v>21238</v>
       </c>
       <c r="D455" s="2">
-        <v>18929</v>
+        <v>22300</v>
       </c>
       <c r="E455" s="2">
-        <v>20822</v>
+        <v>24530</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B456" s="2">
-        <v>21798</v>
+        <v>18864</v>
       </c>
       <c r="C456" s="2">
-        <v>22888</v>
+        <v>19807</v>
       </c>
       <c r="D456" s="2">
-        <v>24032</v>
+        <v>20798</v>
       </c>
       <c r="E456" s="2">
-        <v>26436</v>
+        <v>22877</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B457" s="2">
-        <v>19264</v>
+        <v>16827</v>
       </c>
       <c r="C457" s="2">
-        <v>20227</v>
+        <v>17668</v>
       </c>
       <c r="D457" s="2">
-        <v>21239</v>
+        <v>18552</v>
       </c>
       <c r="E457" s="2">
-        <v>23362</v>
+        <v>20407</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B458" s="2">
-        <v>17966</v>
+        <v>41563</v>
       </c>
       <c r="C458" s="2">
-        <v>18864</v>
+        <v>43641</v>
       </c>
       <c r="D458" s="2">
-        <v>19808</v>
+        <v>45823</v>
       </c>
       <c r="E458" s="2">
-        <v>21788</v>
+        <v>50406</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B459" s="2">
-        <v>16026</v>
+        <v>64589</v>
       </c>
       <c r="C459" s="2">
-        <v>16827</v>
+        <v>67818</v>
       </c>
       <c r="D459" s="2">
-        <v>17669</v>
+        <v>71209</v>
       </c>
       <c r="E459" s="2">
-        <v>19436</v>
+        <v>78330</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B460" s="2">
-        <v>39584</v>
+        <v>13902</v>
       </c>
       <c r="C460" s="2">
-        <v>41563</v>
+        <v>14597</v>
       </c>
       <c r="D460" s="2">
-        <v>43641</v>
+        <v>15327</v>
       </c>
       <c r="E460" s="2">
-        <v>48005</v>
+        <v>16860</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B461" s="2">
-        <v>61513</v>
+        <v>28800</v>
       </c>
       <c r="C461" s="2">
-        <v>64589</v>
+        <v>30240</v>
       </c>
       <c r="D461" s="2">
-        <v>67818</v>
+        <v>31752</v>
       </c>
       <c r="E461" s="2">
-        <v>74600</v>
+        <v>34927</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B462" s="2">
-        <v>13240</v>
+        <v>36978</v>
       </c>
       <c r="C462" s="2">
-        <v>13902</v>
+        <v>38827</v>
       </c>
       <c r="D462" s="2">
-        <v>14597</v>
+        <v>40768</v>
       </c>
       <c r="E462" s="2">
-        <v>16057</v>
+        <v>44845</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B463" s="2">
-        <v>23120</v>
+        <v>35029</v>
       </c>
       <c r="C463" s="2">
-        <v>24276</v>
+        <v>36780</v>
       </c>
       <c r="D463" s="2">
-        <v>25490</v>
+        <v>38619</v>
       </c>
       <c r="E463" s="2">
-        <v>28039</v>
-[...3 lines deleted...]
-      <c r="A464" s="3" t="s">
+        <v>42481</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" customHeight="1" ht="20">
+      <c r="A465" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="B464" s="2">
-[...13 lines deleted...]
-      <c r="A465" s="3" t="s">
+      <c r="B465" s="1"/>
+      <c r="C465" s="1"/>
+      <c r="D465" s="1"/>
+      <c r="E465" s="1"/>
+    </row>
+    <row r="466" spans="1:5">
+      <c r="A466" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E466" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5">
+      <c r="A467" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="B465" s="2">
-[...13 lines deleted...]
-      <c r="A467" s="1" t="s">
+      <c r="B467" s="2">
+        <v>38752</v>
+      </c>
+      <c r="C467" s="2">
+        <v>40690</v>
+      </c>
+      <c r="D467" s="2">
+        <v>42724</v>
+      </c>
+      <c r="E467" s="2">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5">
+      <c r="A468" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B467" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B468" s="2">
+        <v>45717</v>
+      </c>
+      <c r="C468" s="2">
+        <v>48003</v>
+      </c>
+      <c r="D468" s="2">
+        <v>50403</v>
+      </c>
+      <c r="E468" s="2">
+        <v>55443</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B469" s="2">
-        <v>36907</v>
+        <v>43247</v>
       </c>
       <c r="C469" s="2">
-        <v>38752</v>
+        <v>45409</v>
       </c>
       <c r="D469" s="2">
-        <v>40690</v>
+        <v>47680</v>
       </c>
       <c r="E469" s="2">
-        <v>44759</v>
+        <v>52448</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B470" s="2">
-        <v>43540</v>
+        <v>42033</v>
       </c>
       <c r="C470" s="2">
-        <v>45717</v>
+        <v>44135</v>
       </c>
       <c r="D470" s="2">
-        <v>48003</v>
+        <v>46341</v>
       </c>
       <c r="E470" s="2">
-        <v>52803</v>
-[...3 lines deleted...]
-      <c r="A471" s="3" t="s">
+        <v>50976</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" customHeight="1" ht="20">
+      <c r="A472" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="B471" s="2">
-[...13 lines deleted...]
-      <c r="A472" s="3" t="s">
+      <c r="B472" s="1"/>
+      <c r="C472" s="1"/>
+      <c r="D472" s="1"/>
+      <c r="E472" s="1"/>
+    </row>
+    <row r="473" spans="1:5">
+      <c r="A473" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5">
+      <c r="A474" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B472" s="2">
-[...13 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="B474" s="2">
+        <v>13073</v>
+      </c>
+      <c r="C474" s="2">
+        <v>13727</v>
+      </c>
+      <c r="D474" s="2">
+        <v>14413</v>
+      </c>
+      <c r="E474" s="2">
+        <v>15854</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5">
+      <c r="A475" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="B474" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B475" s="2">
+        <v>15666</v>
+      </c>
+      <c r="C475" s="2">
+        <v>16449</v>
+      </c>
+      <c r="D475" s="2">
+        <v>17272</v>
+      </c>
+      <c r="E475" s="2">
+        <v>18999</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B476" s="2">
-        <v>12450</v>
+        <v>17228</v>
       </c>
       <c r="C476" s="2">
-        <v>13073</v>
+        <v>18089</v>
       </c>
       <c r="D476" s="2">
-        <v>13726</v>
+        <v>18994</v>
       </c>
       <c r="E476" s="2">
-        <v>15099</v>
+        <v>20893</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B477" s="2">
-        <v>14920</v>
+        <v>16742</v>
       </c>
       <c r="C477" s="2">
-        <v>15666</v>
+        <v>17579</v>
       </c>
       <c r="D477" s="2">
-        <v>16449</v>
+        <v>18458</v>
       </c>
       <c r="E477" s="2">
-        <v>18094</v>
+        <v>20304</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B478" s="2">
-        <v>16408</v>
+        <v>18415</v>
       </c>
       <c r="C478" s="2">
-        <v>17228</v>
+        <v>19336</v>
       </c>
       <c r="D478" s="2">
-        <v>18090</v>
+        <v>20303</v>
       </c>
       <c r="E478" s="2">
-        <v>19899</v>
+        <v>22333</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B479" s="2">
-        <v>15945</v>
+        <v>28031</v>
       </c>
       <c r="C479" s="2">
-        <v>16742</v>
+        <v>29433</v>
       </c>
       <c r="D479" s="2">
-        <v>17579</v>
+        <v>30904</v>
       </c>
       <c r="E479" s="2">
-        <v>19337</v>
+        <v>33995</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B480" s="2">
-        <v>17538</v>
+        <v>46054</v>
       </c>
       <c r="C480" s="2">
-        <v>18415</v>
+        <v>48357</v>
       </c>
       <c r="D480" s="2">
-        <v>19336</v>
+        <v>50775</v>
       </c>
       <c r="E480" s="2">
-        <v>21269</v>
+        <v>55852</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" s="3" t="s">
-        <v>422</v>
+        <v>107</v>
       </c>
       <c r="B481" s="2">
-        <v>26696</v>
+        <v>6065</v>
       </c>
       <c r="C481" s="2">
-        <v>28031</v>
+        <v>6368</v>
       </c>
       <c r="D481" s="2">
-        <v>29432</v>
+        <v>6687</v>
       </c>
       <c r="E481" s="2">
-        <v>32376</v>
+        <v>7355</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" s="3" t="s">
-        <v>423</v>
+        <v>153</v>
       </c>
       <c r="B482" s="2">
-        <v>43861</v>
+        <v>10084</v>
       </c>
       <c r="C482" s="2">
-        <v>46054</v>
+        <v>10588</v>
       </c>
       <c r="D482" s="2">
-        <v>48357</v>
+        <v>11118</v>
       </c>
       <c r="E482" s="2">
-        <v>53192</v>
+        <v>12229</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" s="3" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="B483" s="2">
-        <v>5776</v>
+        <v>16326</v>
       </c>
       <c r="C483" s="2">
-        <v>6065</v>
+        <v>17142</v>
       </c>
       <c r="D483" s="2">
-        <v>6368</v>
+        <v>17999</v>
       </c>
       <c r="E483" s="2">
-        <v>7005</v>
+        <v>19799</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" s="3" t="s">
-        <v>156</v>
+        <v>422</v>
       </c>
       <c r="B484" s="2">
-        <v>9604</v>
+        <v>13404</v>
       </c>
       <c r="C484" s="2">
-        <v>10084</v>
+        <v>14074</v>
       </c>
       <c r="D484" s="2">
-        <v>10588</v>
+        <v>14778</v>
       </c>
       <c r="E484" s="2">
-        <v>11647</v>
+        <v>16256</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" s="3" t="s">
-        <v>133</v>
+        <v>423</v>
       </c>
       <c r="B485" s="2">
-        <v>15549</v>
+        <v>22476</v>
       </c>
       <c r="C485" s="2">
-        <v>16326</v>
+        <v>23600</v>
       </c>
       <c r="D485" s="2">
-        <v>17143</v>
+        <v>24780</v>
       </c>
       <c r="E485" s="2">
-        <v>18857</v>
+        <v>27258</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B486" s="2">
-        <v>12766</v>
+        <v>3712</v>
       </c>
       <c r="C486" s="2">
-        <v>13404</v>
+        <v>3898</v>
       </c>
       <c r="D486" s="2">
-        <v>14075</v>
+        <v>4092</v>
       </c>
       <c r="E486" s="2">
-        <v>15482</v>
+        <v>4502</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B487" s="2">
-        <v>21406</v>
+        <v>3610</v>
       </c>
       <c r="C487" s="2">
-        <v>22476</v>
+        <v>3791</v>
       </c>
       <c r="D487" s="2">
-        <v>23600</v>
+        <v>3980</v>
       </c>
       <c r="E487" s="2">
-        <v>25960</v>
+        <v>4378</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B488" s="2">
-        <v>3535</v>
+        <v>5158</v>
       </c>
       <c r="C488" s="2">
-        <v>3712</v>
+        <v>5416</v>
       </c>
       <c r="D488" s="2">
-        <v>3897</v>
+        <v>5687</v>
       </c>
       <c r="E488" s="2">
-        <v>4287</v>
+        <v>6255</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B489" s="2">
-        <v>3438</v>
+        <v>8456</v>
       </c>
       <c r="C489" s="2">
-        <v>3610</v>
+        <v>8879</v>
       </c>
       <c r="D489" s="2">
-        <v>3790</v>
+        <v>9323</v>
       </c>
       <c r="E489" s="2">
-        <v>4169</v>
+        <v>10255</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" s="3" t="s">
-        <v>428</v>
+        <v>101</v>
       </c>
       <c r="B490" s="2">
-        <v>4912</v>
+        <v>27757</v>
       </c>
       <c r="C490" s="2">
-        <v>5158</v>
+        <v>29145</v>
       </c>
       <c r="D490" s="2">
-        <v>5415</v>
+        <v>30602</v>
       </c>
       <c r="E490" s="2">
-        <v>5957</v>
+        <v>33662</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B491" s="2">
+        <v>22708</v>
+      </c>
+      <c r="C491" s="2">
+        <v>23843</v>
+      </c>
+      <c r="D491" s="2">
+        <v>25036</v>
+      </c>
+      <c r="E491" s="2">
+        <v>27539</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5" customHeight="1" ht="20">
+      <c r="A493" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B493" s="1"/>
+      <c r="C493" s="1"/>
+      <c r="D493" s="1"/>
+      <c r="E493" s="1"/>
+    </row>
+    <row r="494" spans="1:5">
+      <c r="A494" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5">
+      <c r="A495" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B491" s="2">
-[...47 lines deleted...]
-      <c r="A495" s="1" t="s">
+      <c r="B495" s="2">
+        <v>10714</v>
+      </c>
+      <c r="C495" s="2">
+        <v>11250</v>
+      </c>
+      <c r="D495" s="2">
+        <v>11812</v>
+      </c>
+      <c r="E495" s="2">
+        <v>12993</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5">
+      <c r="A496" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="B495" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B496" s="2">
+        <v>9478</v>
+      </c>
+      <c r="C496" s="2">
+        <v>9952</v>
+      </c>
+      <c r="D496" s="2">
+        <v>10449</v>
+      </c>
+      <c r="E496" s="2">
+        <v>11494</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B497" s="2">
-        <v>10204</v>
+        <v>8245</v>
       </c>
       <c r="C497" s="2">
-        <v>10714</v>
+        <v>8657</v>
       </c>
       <c r="D497" s="2">
-        <v>11250</v>
+        <v>9090</v>
       </c>
       <c r="E497" s="2">
-        <v>12375</v>
-[...3 lines deleted...]
-      <c r="A498" s="3" t="s">
+        <v>9999</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" customHeight="1" ht="20">
+      <c r="A499" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B498" s="2">
-[...13 lines deleted...]
-      <c r="A499" s="3" t="s">
+      <c r="B499" s="1"/>
+      <c r="C499" s="1"/>
+      <c r="D499" s="1"/>
+      <c r="E499" s="1"/>
+    </row>
+    <row r="500" spans="1:5">
+      <c r="A500" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E500" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5">
+      <c r="A501" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B499" s="2">
-[...13 lines deleted...]
-      <c r="A501" s="1" t="s">
+      <c r="B501" s="2">
+        <v>16255</v>
+      </c>
+      <c r="C501" s="2">
+        <v>17068</v>
+      </c>
+      <c r="D501" s="2">
+        <v>17921</v>
+      </c>
+      <c r="E501" s="2">
+        <v>19713</v>
+      </c>
+    </row>
+    <row r="502" spans="1:5">
+      <c r="A502" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B501" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B502" s="2">
+        <v>14288</v>
+      </c>
+      <c r="C502" s="2">
+        <v>15002</v>
+      </c>
+      <c r="D502" s="2">
+        <v>15753</v>
+      </c>
+      <c r="E502" s="2">
+        <v>17328</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B503" s="2">
-        <v>15481</v>
+        <v>13099</v>
       </c>
       <c r="C503" s="2">
-        <v>16255</v>
+        <v>13754</v>
       </c>
       <c r="D503" s="2">
-        <v>17068</v>
+        <v>14442</v>
       </c>
       <c r="E503" s="2">
-        <v>18775</v>
+        <v>15886</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B504" s="2">
-        <v>13608</v>
+        <v>8636</v>
       </c>
       <c r="C504" s="2">
-        <v>14288</v>
+        <v>9068</v>
       </c>
       <c r="D504" s="2">
-        <v>15003</v>
+        <v>9521</v>
       </c>
       <c r="E504" s="2">
-        <v>16503</v>
+        <v>10473</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B505" s="2">
-        <v>12475</v>
+        <v>7203</v>
       </c>
       <c r="C505" s="2">
-        <v>13099</v>
+        <v>7563</v>
       </c>
       <c r="D505" s="2">
-        <v>13754</v>
+        <v>7941</v>
       </c>
       <c r="E505" s="2">
-        <v>15129</v>
+        <v>8735</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B506" s="2">
-        <v>8225</v>
+        <v>6182</v>
       </c>
       <c r="C506" s="2">
-        <v>8636</v>
+        <v>6491</v>
       </c>
       <c r="D506" s="2">
-        <v>9068</v>
+        <v>6816</v>
       </c>
       <c r="E506" s="2">
-        <v>9975</v>
+        <v>7497</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B507" s="2">
-        <v>6860</v>
+        <v>23793</v>
       </c>
       <c r="C507" s="2">
-        <v>7203</v>
+        <v>24983</v>
       </c>
       <c r="D507" s="2">
-        <v>7563</v>
+        <v>26232</v>
       </c>
       <c r="E507" s="2">
-        <v>8319</v>
+        <v>28855</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B508" s="2">
-        <v>5888</v>
+        <v>21827</v>
       </c>
       <c r="C508" s="2">
-        <v>6182</v>
+        <v>22918</v>
       </c>
       <c r="D508" s="2">
-        <v>6492</v>
+        <v>24064</v>
       </c>
       <c r="E508" s="2">
-        <v>7141</v>
+        <v>26471</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B509" s="2">
-        <v>22660</v>
+        <v>20637</v>
       </c>
       <c r="C509" s="2">
-        <v>23793</v>
+        <v>21669</v>
       </c>
       <c r="D509" s="2">
-        <v>24983</v>
+        <v>22752</v>
       </c>
       <c r="E509" s="2">
-        <v>27481</v>
+        <v>25028</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B510" s="2">
-        <v>20788</v>
+        <v>9149</v>
       </c>
       <c r="C510" s="2">
-        <v>21827</v>
+        <v>9606</v>
       </c>
       <c r="D510" s="2">
-        <v>22919</v>
+        <v>10087</v>
       </c>
       <c r="E510" s="2">
-        <v>25211</v>
+        <v>11095</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B511" s="2">
-        <v>19654</v>
+        <v>8670</v>
       </c>
       <c r="C511" s="2">
-        <v>20637</v>
+        <v>9104</v>
       </c>
       <c r="D511" s="2">
-        <v>21669</v>
+        <v>9559</v>
       </c>
       <c r="E511" s="2">
-        <v>23835</v>
-[...3 lines deleted...]
-      <c r="A512" s="3" t="s">
+        <v>10515</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" customHeight="1" ht="20">
+      <c r="A513" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B512" s="2">
-[...13 lines deleted...]
-      <c r="A513" s="3" t="s">
+      <c r="B513" s="1"/>
+      <c r="C513" s="1"/>
+      <c r="D513" s="1"/>
+      <c r="E513" s="1"/>
+    </row>
+    <row r="514" spans="1:5">
+      <c r="A514" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E514" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5">
+      <c r="A515" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B513" s="2">
-[...13 lines deleted...]
-      <c r="A515" s="1" t="s">
+      <c r="B515" s="2">
+        <v>3663</v>
+      </c>
+      <c r="C515" s="2">
+        <v>3846</v>
+      </c>
+      <c r="D515" s="2">
+        <v>4038</v>
+      </c>
+      <c r="E515" s="2">
+        <v>4442</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5">
+      <c r="A516" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="B515" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B516" s="2">
+        <v>10046</v>
+      </c>
+      <c r="C516" s="2">
+        <v>10548</v>
+      </c>
+      <c r="D516" s="2">
+        <v>11076</v>
+      </c>
+      <c r="E516" s="2">
+        <v>12183</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B517" s="2">
-        <v>3489</v>
+        <v>14611</v>
       </c>
       <c r="C517" s="2">
-        <v>3663</v>
+        <v>15342</v>
       </c>
       <c r="D517" s="2">
-        <v>3847</v>
+        <v>16109</v>
       </c>
       <c r="E517" s="2">
-        <v>4231</v>
+        <v>17719</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B518" s="2">
-        <v>9568</v>
+        <v>8644</v>
       </c>
       <c r="C518" s="2">
-        <v>10046</v>
+        <v>9076</v>
       </c>
       <c r="D518" s="2">
-        <v>10549</v>
+        <v>9530</v>
       </c>
       <c r="E518" s="2">
-        <v>11604</v>
-[...3 lines deleted...]
-      <c r="A519" s="3" t="s">
+        <v>10483</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" customHeight="1" ht="20">
+      <c r="A520" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B519" s="2">
-[...13 lines deleted...]
-      <c r="A520" s="3" t="s">
+      <c r="B520" s="1"/>
+      <c r="C520" s="1"/>
+      <c r="D520" s="1"/>
+      <c r="E520" s="1"/>
+    </row>
+    <row r="521" spans="1:5">
+      <c r="A521" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E521" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5">
+      <c r="A522" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B520" s="2">
-[...13 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="B522" s="2">
+        <v>3878</v>
+      </c>
+      <c r="C522" s="2">
+        <v>4072</v>
+      </c>
+      <c r="D522" s="2">
+        <v>4275</v>
+      </c>
+      <c r="E522" s="2">
+        <v>4703</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5">
+      <c r="A523" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="B522" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B523" s="2">
+        <v>5964</v>
+      </c>
+      <c r="C523" s="2">
+        <v>6262</v>
+      </c>
+      <c r="D523" s="2">
+        <v>6575</v>
+      </c>
+      <c r="E523" s="2">
+        <v>7233</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B524" s="2">
-        <v>3693</v>
+        <v>10231</v>
       </c>
       <c r="C524" s="2">
-        <v>3878</v>
+        <v>10743</v>
       </c>
       <c r="D524" s="2">
-        <v>4072</v>
+        <v>11280</v>
       </c>
       <c r="E524" s="2">
-        <v>4479</v>
+        <v>12408</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B525" s="2">
-        <v>5680</v>
+        <v>13617</v>
       </c>
       <c r="C525" s="2">
-        <v>5964</v>
+        <v>14298</v>
       </c>
       <c r="D525" s="2">
-        <v>6262</v>
+        <v>15013</v>
       </c>
       <c r="E525" s="2">
-        <v>6888</v>
-[...3 lines deleted...]
-      <c r="A526" s="3" t="s">
+        <v>16514</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" customHeight="1" ht="20">
+      <c r="A527" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B526" s="2">
-[...13 lines deleted...]
-      <c r="A527" s="3" t="s">
+      <c r="B527" s="1"/>
+      <c r="C527" s="1"/>
+      <c r="D527" s="1"/>
+      <c r="E527" s="1"/>
+    </row>
+    <row r="528" spans="1:5">
+      <c r="A528" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E528" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5">
+      <c r="A529" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="B527" s="2">
-[...13 lines deleted...]
-      <c r="A529" s="1" t="s">
+      <c r="B529" s="2">
+        <v>2463</v>
+      </c>
+      <c r="C529" s="2">
+        <v>2586</v>
+      </c>
+      <c r="D529" s="2">
+        <v>2715</v>
+      </c>
+      <c r="E529" s="2">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5">
+      <c r="A530" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B529" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B530" s="2">
+        <v>3992</v>
+      </c>
+      <c r="C530" s="2">
+        <v>4192</v>
+      </c>
+      <c r="D530" s="2">
+        <v>4401</v>
+      </c>
+      <c r="E530" s="2">
+        <v>4841</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B531" s="2">
-        <v>2346</v>
+        <v>5692</v>
       </c>
       <c r="C531" s="2">
-        <v>2463</v>
+        <v>5977</v>
       </c>
       <c r="D531" s="2">
-        <v>2586</v>
+        <v>6275</v>
       </c>
       <c r="E531" s="2">
-        <v>2845</v>
+        <v>6903</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" s="3" t="s">
         <v>458</v>
       </c>
       <c r="B532" s="2">
-        <v>3802</v>
+        <v>24647</v>
       </c>
       <c r="C532" s="2">
-        <v>3992</v>
+        <v>25879</v>
       </c>
       <c r="D532" s="2">
-        <v>4192</v>
+        <v>27173</v>
       </c>
       <c r="E532" s="2">
-        <v>4611</v>
-[...3 lines deleted...]
-      <c r="A533" s="3" t="s">
+        <v>29891</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" customHeight="1" ht="20">
+      <c r="A534" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B533" s="2">
-[...13 lines deleted...]
-      <c r="A534" s="3" t="s">
+      <c r="B534" s="1"/>
+      <c r="C534" s="1"/>
+      <c r="D534" s="1"/>
+      <c r="E534" s="1"/>
+    </row>
+    <row r="535" spans="1:5">
+      <c r="A535" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E535" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5">
+      <c r="A536" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="B534" s="2">
-[...13 lines deleted...]
-      <c r="A536" s="1" t="s">
+      <c r="B536" s="2">
+        <v>43</v>
+      </c>
+      <c r="C536" s="2">
+        <v>43</v>
+      </c>
+      <c r="D536" s="2">
+        <v>43</v>
+      </c>
+      <c r="E536" s="2">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5">
+      <c r="A537" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B536" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B537" s="2">
+        <v>58</v>
+      </c>
+      <c r="C537" s="2">
+        <v>58</v>
+      </c>
+      <c r="D537" s="2">
+        <v>58</v>
+      </c>
+      <c r="E537" s="2">
+        <v>58</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" s="3" t="s">
         <v>462</v>
       </c>
       <c r="B538" s="2">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C538" s="2">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D538" s="2">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E538" s="2">
-        <v>41</v>
-[...3 lines deleted...]
-      <c r="A539" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5" customHeight="1" ht="20">
+      <c r="A540" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B539" s="2">
-[...13 lines deleted...]
-      <c r="A540" s="3" t="s">
+      <c r="B540" s="1"/>
+      <c r="C540" s="1"/>
+      <c r="D540" s="1"/>
+      <c r="E540" s="1"/>
+    </row>
+    <row r="541" spans="1:5">
+      <c r="A541" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="E541" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5">
+      <c r="A542" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B540" s="2">
-[...13 lines deleted...]
-      <c r="A542" s="1" t="s">
+      <c r="B542" s="2">
+        <v>30909</v>
+      </c>
+      <c r="C542" s="2">
+        <v>32454</v>
+      </c>
+      <c r="D542" s="2">
+        <v>34077</v>
+      </c>
+      <c r="E542" s="2">
+        <v>37485</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5">
+      <c r="A543" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="B542" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B543" s="2">
+        <v>13453</v>
+      </c>
+      <c r="C543" s="2">
+        <v>14126</v>
+      </c>
+      <c r="D543" s="2">
+        <v>14832</v>
+      </c>
+      <c r="E543" s="2">
+        <v>16315</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" s="3" t="s">
         <v>466</v>
       </c>
       <c r="B544" s="2">
-        <v>29437</v>
+        <v>1298</v>
       </c>
       <c r="C544" s="2">
-        <v>30909</v>
+        <v>1363</v>
       </c>
       <c r="D544" s="2">
-        <v>32454</v>
+        <v>1431</v>
       </c>
       <c r="E544" s="2">
-        <v>35700</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B545" s="2">
-        <v>12812</v>
+        <v>1</v>
       </c>
       <c r="C545" s="2">
-        <v>13453</v>
+        <v>1</v>
       </c>
       <c r="D545" s="2">
-        <v>14125</v>
+        <v>1</v>
       </c>
       <c r="E545" s="2">
-        <v>15538</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" s="3" t="s">
         <v>468</v>
       </c>
       <c r="B546" s="2">
-        <v>1236</v>
+        <v>1</v>
       </c>
       <c r="C546" s="2">
-        <v>1298</v>
+        <v>1</v>
       </c>
       <c r="D546" s="2">
-        <v>1363</v>
+        <v>1</v>
       </c>
       <c r="E546" s="2">
-        <v>1499</v>
+        <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B547" s="2">
         <v>1</v>
       </c>
       <c r="C547" s="2">
         <v>1</v>
       </c>
       <c r="D547" s="2">
         <v>1</v>
       </c>
       <c r="E547" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" s="3" t="s">
         <v>470</v>
       </c>
       <c r="B548" s="2">
         <v>1</v>
       </c>
       <c r="C548" s="2">
         <v>1</v>
       </c>
       <c r="D548" s="2">
         <v>1</v>
       </c>
       <c r="E548" s="2">
-        <v>1</v>
-[...32 lines deleted...]
-      <c r="E550" s="2">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A64:E64"/>
-    <mergeCell ref="A106:E106"/>
-[...35 lines deleted...]
-    <mergeCell ref="A542:E542"/>
+    <mergeCell ref="A103:E103"/>
+    <mergeCell ref="A120:E120"/>
+    <mergeCell ref="A132:E132"/>
+    <mergeCell ref="A142:E142"/>
+    <mergeCell ref="A149:E149"/>
+    <mergeCell ref="A158:E158"/>
+    <mergeCell ref="A168:E168"/>
+    <mergeCell ref="A175:E175"/>
+    <mergeCell ref="A185:E185"/>
+    <mergeCell ref="A196:E196"/>
+    <mergeCell ref="A202:E202"/>
+    <mergeCell ref="A209:E209"/>
+    <mergeCell ref="A214:E214"/>
+    <mergeCell ref="A228:E228"/>
+    <mergeCell ref="A239:E239"/>
+    <mergeCell ref="A244:E244"/>
+    <mergeCell ref="A251:E251"/>
+    <mergeCell ref="A262:E262"/>
+    <mergeCell ref="A268:E268"/>
+    <mergeCell ref="A279:E279"/>
+    <mergeCell ref="A287:E287"/>
+    <mergeCell ref="A308:E308"/>
+    <mergeCell ref="A328:E328"/>
+    <mergeCell ref="A336:E336"/>
+    <mergeCell ref="A344:E344"/>
+    <mergeCell ref="A398:E398"/>
+    <mergeCell ref="A409:E409"/>
+    <mergeCell ref="A444:E444"/>
+    <mergeCell ref="A465:E465"/>
+    <mergeCell ref="A472:E472"/>
+    <mergeCell ref="A493:E493"/>
+    <mergeCell ref="A499:E499"/>
+    <mergeCell ref="A513:E513"/>
+    <mergeCell ref="A520:E520"/>
+    <mergeCell ref="A527:E527"/>
+    <mergeCell ref="A534:E534"/>
+    <mergeCell ref="A540:E540"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R01.01.2026</oddHeader>
+    <oddHeader>&amp;L&amp;G&amp;Cтел./факс: +7 (831) 435-45-50, 439-38-90&amp;R09.03.2026</oddHeader>
     <oddFooter>rommel.ru</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawingHF r:id="rId_headerfooter_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>